--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="497D2B2E" w14:textId="77777777" w:rsidR="00D45C8B" w:rsidRPr="003B5C98" w:rsidRDefault="00D45C8B" w:rsidP="003B5C98">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D45C8B" w:rsidRPr="003B5C98" w:rsidSect="00230D65">
           <w:headerReference w:type="default" r:id="rId7"/>
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:headerReference w:type="first" r:id="rId9"/>
           <w:footerReference w:type="first" r:id="rId10"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="283" w:footer="283" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="T_Betreff3"/>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="61EE6890" w14:textId="77777777" w:rsidR="00D73D6E" w:rsidRPr="003B5C98" w:rsidRDefault="00285D9D" w:rsidP="003B5C98">
@@ -2664,51 +2664,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="373CE8DC" id="Line 62" o:spid="_x0000_s1026" style="position:absolute;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="11.9pt,.45pt" to="173.9pt,.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhADHByEHaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMjsFO&#10;wzAQRO9I/IO1SNyoQ4sKhDgVieDQA0i0SMDNjZckIl6HeNOGv2d7guPTjGZetpp8p/Y4xDaQgctZ&#10;AgqpCq6l2sDr9vHiBlRkS852gdDAD0ZY5acnmU1dONAL7jdcKxmhmFoDDXOfah2rBr2Ns9AjSfYZ&#10;Bm9ZcKi1G+xBxn2n50my1N62JA+N7bFssPrajN4Ax7f3Zx7X38WyeCpxW3yUD3ptzPnZdH8HinHi&#10;vzIc9UUdcnHahZFcVJ2B+ULM2cAtKEkXV9eCuyPqPNP/5fNfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADHByEHaAAAABAEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".25pt"/>
+              <v:line w14:anchorId="3ECC00C3" id="Line 62" o:spid="_x0000_s1026" style="position:absolute;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="11.9pt,.45pt" to="173.9pt,.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhADHByEHaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMjsFO&#10;wzAQRO9I/IO1SNyoQ4sKhDgVieDQA0i0SMDNjZckIl6HeNOGv2d7guPTjGZetpp8p/Y4xDaQgctZ&#10;AgqpCq6l2sDr9vHiBlRkS852gdDAD0ZY5acnmU1dONAL7jdcKxmhmFoDDXOfah2rBr2Ns9AjSfYZ&#10;Bm9ZcKi1G+xBxn2n50my1N62JA+N7bFssPrajN4Ax7f3Zx7X38WyeCpxW3yUD3ptzPnZdH8HinHi&#10;vzIc9UUdcnHahZFcVJ2B+ULM2cAtKEkXV9eCuyPqPNP/5fNfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADHByEHaAAAABAEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="454672A1" wp14:editId="3AA86633">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3789680</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5715</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2057400" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Line 61"/>
@@ -2739,51 +2739,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="795DC338" id="Line 61" o:spid="_x0000_s1026" style="position:absolute;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="298.4pt,.45pt" to="460.4pt,.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAJFnvxvaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMjkFP&#10;g0AQhe8m/ofNmHizi00kgiyNED30oImtie1tCyMQ2Vlkhxb/vdOTHr+8l/e+bDW7Xh1xDJ0nA7eL&#10;CBRS5euOGgPv2+ebe1CBLdW294QGfjDAKr+8yGxa+xO94XHDjZIRCqk10DIPqdahatHZsPADkmSf&#10;fnSWBcdG16M9ybjr9TKKYu1sR/LQ2gHLFquvzeQMcPjYvfK0/i7i4qXEbbEvn/TamOur+fEBFOPM&#10;f2U464s65OJ08BPVQfUG7pJY1NlAAkriZBkJHs6o80z/t89/AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJFnvxvaAAAABQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".25pt"/>
+              <v:line w14:anchorId="5FFD308D" id="Line 61" o:spid="_x0000_s1026" style="position:absolute;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="298.4pt,.45pt" to="460.4pt,.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAJFnvxvaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMjkFP&#10;g0AQhe8m/ofNmHizi00kgiyNED30oImtie1tCyMQ2Vlkhxb/vdOTHr+8l/e+bDW7Xh1xDJ0nA7eL&#10;CBRS5euOGgPv2+ebe1CBLdW294QGfjDAKr+8yGxa+xO94XHDjZIRCqk10DIPqdahatHZsPADkmSf&#10;fnSWBcdG16M9ybjr9TKKYu1sR/LQ2gHLFquvzeQMcPjYvfK0/i7i4qXEbbEvn/TamOur+fEBFOPM&#10;f2U464s65OJ08BPVQfUG7pJY1NlAAkriZBkJHs6o80z/t89/AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJFnvxvaAAAABQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A596C3" w14:textId="77777777" w:rsidR="003B5C98" w:rsidRPr="003B5C98" w:rsidRDefault="003B5C98" w:rsidP="00427822">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B95A308" w14:textId="77777777" w:rsidR="003B5C98" w:rsidRPr="003B5C98" w:rsidRDefault="003B5C98" w:rsidP="00427822">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="369C7533" w14:textId="77777777" w:rsidR="00D73D6E" w:rsidRPr="003B5C98" w:rsidRDefault="00285D9D" w:rsidP="00427822">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -2924,51 +2924,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="7B20644A" id="Line 60" o:spid="_x0000_s1026" style="position:absolute;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="297.65pt,2.7pt" to="459.65pt,2.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAGPW5brdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFO&#10;wzAQRO9I/QdrkbhRp0ArksapSASHHqhEiwS9ufGSRI3XIXba8PcsXOC2TzOafelqtK04Ye8bRwpm&#10;0wgEUulMQ5WC193T9T0IHzQZ3TpCBV/oYZVNLlKdGHemFzxtQyV4hHyiFdQhdImUvqzRaj91HRJn&#10;H663OjD2lTS9PvO4beVNFC2k1Q3xh1p3WNRYHreDVRD82/smDOvPfJE/F7jL98WjXCt1dTk+LEEE&#10;HMNfGX70WR0ydjq4gYwXrYJ5PL/lKh93IDiPZzHz4Zdllsr//tk3AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGPW5brdAAAABwEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokeweight=".25pt"/>
+              <v:line w14:anchorId="27BE5395" id="Line 60" o:spid="_x0000_s1026" style="position:absolute;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="297.65pt,2.7pt" to="459.65pt,2.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAGPW5brdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFO&#10;wzAQRO9I/QdrkbhRp0ArksapSASHHqhEiwS9ufGSRI3XIXba8PcsXOC2TzOafelqtK04Ye8bRwpm&#10;0wgEUulMQ5WC193T9T0IHzQZ3TpCBV/oYZVNLlKdGHemFzxtQyV4hHyiFdQhdImUvqzRaj91HRJn&#10;H663OjD2lTS9PvO4beVNFC2k1Q3xh1p3WNRYHreDVRD82/smDOvPfJE/F7jL98WjXCt1dTk+LEEE&#10;HMNfGX70WR0ydjq4gYwXrYJ5PL/lKh93IDiPZzHz4Zdllsr//tk3AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGPW5brdAAAABwEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D88A64E" wp14:editId="7E610B93">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>151130</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>24765</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2057400" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Line 63"/>
@@ -2999,51 +2999,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="772A579E" id="Line 63" o:spid="_x0000_s1026" style="position:absolute;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="11.9pt,1.95pt" to="173.9pt,1.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAMFDgUfbAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjkFP&#10;g0AQhe8m/ofNmHizi8VURZZGiB560MS2SfW2hRGI7CyyQ4v/3tGLHr+8l/e+dDm5Th1wCK0nA5ez&#10;CBRS6auWagPbzePFDajAlirbeUIDXxhgmZ2epDap/JFe8LDmWskIhcQaaJj7ROtQNuhsmPkeSbJ3&#10;PzjLgkOtq8EeZdx1eh5FC+1sS/LQ2B6LBsuP9egMcNi9PvO4+swX+VOBm/yteNArY87Ppvs7UIwT&#10;/5XhR1/UIROnvR+pCqozMI/FnA3Et6Akjq+uhfe/rLNU/9fPvgEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAx5u22sAEAAEgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDBQ4FH2wAAAAYBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight=".25pt"/>
+              <v:line w14:anchorId="4686A588" id="Line 63" o:spid="_x0000_s1026" style="position:absolute;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="11.9pt,1.95pt" to="173.9pt,1.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAMFDgUfbAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjkFP&#10;g0AQhe8m/ofNmHizi8VURZZGiB560MS2SfW2hRGI7CyyQ4v/3tGLHr+8l/e+dDm5Th1wCK0nA5ez&#10;CBRS6auWagPbzePFDajAlirbeUIDXxhgmZ2epDap/JFe8LDmWskIhcQaaJj7ROtQNuhsmPkeSbJ3&#10;PzjLgkOtq8EeZdx1eh5FC+1sS/LQ2B6LBsuP9egMcNi9PvO4+swX+VOBm/yteNArY87Ppvs7UIwT&#10;/5XhR1/UIROnvR+pCqozMI/FnA3Et6Akjq+uhfe/rLNU/9fPvgEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAx5u22sAEAAEgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDBQ4FH2wAAAAYBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2896A08C" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="006A1294" w:rsidRDefault="00D76228" w:rsidP="00AF3DC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3599F60C" w14:textId="77777777" w:rsidR="00D76228" w:rsidRDefault="00D76228" w:rsidP="00AF3DC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
@@ -3082,202 +3082,235 @@
     </w:p>
     <w:p w14:paraId="66DE4672" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Декларирам, че ми е предоставена и се запознах с информация относно обработването на лични данни от страна на дружеството в качеството му на администратор, както и за правата ми по Общия регламент за защита на данните. Във връзка с този документ се запознах със следната конкретна информация:                                                                           </w:t>
+        <w:t xml:space="preserve">Декларирам, че ми е предоставена и се запознах с информация относно обработването на лични данни от страна на дружеството в качеството </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D76228">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">му на администратор, както и за правата ми по Общия регламент за защита на данните. Във връзка с този документ се запознах със следната конкретна информация:                                                                           </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78417ED1" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
+    <w:p w14:paraId="78417ED1" w14:textId="570B124A" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve">Цел на обработване на личните данни: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000E06E5">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
-        <w:t>Даване на съгласие за упражняване на права и задължения на клиент</w:t>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+        <w:t>пражняване на права и задължения на клиент</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03AB1E5A" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
+    <w:p w14:paraId="03AB1E5A" w14:textId="5EC97806" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve">Правно основание за обработването: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000E06E5">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
-        <w:t>Съгласие</w:t>
+        <w:t>Изпълнение на договор</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B81113" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
+    <w:p w14:paraId="56B81113" w14:textId="720E6188" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve">Срок за съхранение на личните данни: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
-        <w:t>10 години след последната дейност по клиентски номер</w:t>
+        <w:t xml:space="preserve">10 години след </w:t>
+      </w:r>
+      <w:r w:rsidR="000E06E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+        <w:t>прекратяване на договора</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E73F073" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -3290,126 +3323,605 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve">Събирането на личните данни е изискване за този документ и непредоставянето им ще доведе до невъзможност за изпълнение от страна на дружеството. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F16BCBF" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
+    <w:p w14:paraId="13C280BE" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="00D76228">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EE608BA" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002B24D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+        <w:t>Директен маркетинг:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3653C779" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
-      <w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10129" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2790"/>
+        <w:gridCol w:w="7339"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002B24D6" w:rsidRPr="005D30E7" w14:paraId="637B928E" w14:textId="77777777" w:rsidTr="002B24D6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E9AE13" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34C7D4F6" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7141B4D6" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Давам съгласието си</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C35CEC" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61D081DB" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17128A46" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Не давам съгласието си</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D4F6AF5" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC71671" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t>Дружеството да обработва предоставените от мен лични данни за целите на директен маркетинг, включително, но не само, предлагане на стоки и услуги, маркетинг и реклама по всякакви комуникационни канали (включително поща, телефон, електронна поща, SMS, мобилни приложения, социални медии или по друг директен начин), анализ на потребителското поведение и предпочитания, както и допитване и проучване относно предлаганите стоки и услуги, нови продукти и инициативи на дружеството.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32B4B3EF" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t>Информиран съм, че:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5967AB38" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мога да оттегля съгласието си по всяко време чрез заявление в ЕВН Офис или на имейл: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="002B24D6">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                  <w:spacing w:val="4"/>
+                  <w:sz w:val="19"/>
+                  <w:szCs w:val="19"/>
+                  <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+                </w:rPr>
+                <w:t>info@elyug.bg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="005D30E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7920638C" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B24D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t>оттеглянето на съгласието не засяга законосъобразността на обработването, основано на дадено съгласие преди неговото оттегляне.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A97FAC0" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="16B246A0" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="002B24D6" w:rsidRDefault="002B24D6" w:rsidP="002B24D6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
-[...25 lines deleted...]
-      </w:hyperlink>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B24D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+        <w:t>При липса на отбелязване се приема, че не е дадено съгласие.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="47184FDD" w14:textId="77777777" w:rsidR="006A1294" w:rsidRDefault="00D76228" w:rsidP="00D76228">
-      <w:pPr>
+    <w:p w14:paraId="4C3AD563" w14:textId="77777777" w:rsidR="002B24D6" w:rsidRPr="00D76228" w:rsidRDefault="002B24D6" w:rsidP="00D76228">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
-[...22 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0ABCA223" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="006A1294" w:rsidRDefault="00D76228" w:rsidP="00D76228">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01A4CBD2" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="006A1294" w:rsidRDefault="00D76228" w:rsidP="00D76228">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A2BE61F" w14:textId="77777777" w:rsidR="006A1294" w:rsidRPr="00E15C61" w:rsidRDefault="006A1294" w:rsidP="006A1294">
       <w:pPr>
@@ -3957,50 +4469,52 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EEDBE4B" w14:textId="77777777" w:rsidR="006A1294" w:rsidRPr="00E15C61" w:rsidRDefault="006A1294" w:rsidP="006A1294">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71AA20D4" w14:textId="77777777" w:rsidR="006A1294" w:rsidRDefault="006A1294" w:rsidP="006A1294">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sectPr w:rsidR="006A1294" w:rsidSect="003B5C98">
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="964" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:formProt w:val="0"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00E15C61">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Име и подпис: </w:t>
@@ -4141,1019 +4655,160 @@
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="26BA6033" w14:textId="77777777" w:rsidR="006A1294" w:rsidRPr="00D76228" w:rsidRDefault="006A1294" w:rsidP="006A1294">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57094FAE" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B42A72C" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
+    <w:p w14:paraId="427B6724" w14:textId="77777777" w:rsidR="00D45C8B" w:rsidRPr="003B5C98" w:rsidRDefault="00D45C8B" w:rsidP="00F06174">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...856 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D45C8B" w:rsidRPr="003B5C98" w:rsidSect="003B5C98">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="964" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:formProt w:val="0"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5195FDF2" w14:textId="77777777" w:rsidR="00FD742D" w:rsidRDefault="00FD742D">
+    <w:p w14:paraId="1D80C83A" w14:textId="77777777" w:rsidR="00F66288" w:rsidRDefault="00F66288">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="543507C6" w14:textId="77777777" w:rsidR="00FD742D" w:rsidRDefault="00FD742D">
+    <w:p w14:paraId="15925C61" w14:textId="77777777" w:rsidR="00F66288" w:rsidRDefault="00F66288">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Frutiger Next for EVN Light">
+    <w:panose1 w:val="020B0303040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Frutiger Next for EVN Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EE50837" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="00230D65" w:rsidRDefault="00D76228" w:rsidP="00D76228">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4508"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
@@ -5193,164 +4848,164 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="405A2867" w14:textId="267C1B2E" w:rsidR="00D76228" w:rsidRPr="00971279" w:rsidRDefault="00D76228" w:rsidP="00D76228">
+                        <w:p w14:paraId="405A2867" w14:textId="64701D91" w:rsidR="00D76228" w:rsidRPr="00971279" w:rsidRDefault="00D76228" w:rsidP="00D76228">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="24"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003B5C98">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                             <w:t>КК00</w:t>
                           </w:r>
                           <w:r w:rsidRPr="003B5C98">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="de-AT"/>
                             </w:rPr>
                             <w:t>6-</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                             <w:t>0</w:t>
                           </w:r>
-                          <w:r w:rsidR="00971279">
+                          <w:r w:rsidR="00F06174">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
-                              <w:lang w:val="en-US"/>
+                              <w:lang w:val="bg-BG"/>
                             </w:rPr>
-                            <w:t>923</w:t>
+                            <w:t>226</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4945D3C5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-63.4pt;margin-top:755.15pt;width:29.15pt;height:76.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTeQxC4AEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU12P0zAQfEfiP1h+p/mgpVzU9HTc6RDS&#10;cSAd/ADHsRuLxGvWbpP+e9ZOr1fgDfFi2V5ndmZ2srmehp4dFHoDtubFIudMWQmtsbuaf/92/+Y9&#10;Zz4I24oerKr5UXl+vX39ajO6SpXQQd8qZARifTW6mnchuCrLvOzUIPwCnLJU1ICDCHTEXdaiGAl9&#10;6LMyz99lI2DrEKTynm7v5iLfJnytlQxftPYqsL7mxC2kFdPaxDXbbkS1Q+E6I080xD+wGISx1PQM&#10;dSeCYHs0f0ENRiJ40GEhYchAayNV0kBqivwPNU+dcCppIXO8O9vk/x+sfDw8ua/IwvQBJhpgEuHd&#10;A8gfnlm47YTdqRtEGDslWmpcRMuy0fnq9Gm02lc+gjTjZ2hpyGIfIAFNGofoCulkhE4DOJ5NV1Ng&#10;ki7frvMyX3EmqXS1LlarNJRMVM8fO/Tho4KBxU3NkWaawMXhwYdIRlTPT2IvC/em79Nce/vbBT2M&#10;N4l85DszD1Mz0esoooH2SDIQ5phQrGkT13JN1EdKSc39z71AxVn/yZIbV8VyGWOVDsvVuqQDXlaa&#10;y4qwsgMKX+Bs3t6GOYp7h2bXUbPZfws35KA2Sd0LsRN1SkISfUptjNrlOb16+be2vwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAEZ0ABTjAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNxSO40aVSFOhUBU4oLaAAduTmySCHsdYrdJ/57lBMfZGc28LXeLs+xspjB4lJCuBDCDrdcDdhLe&#10;Xp+SLbAQFWplPRoJFxNgV11flarQfsajOdexY1SCoVAS+hjHgvPQ9sapsPKjQfI+/eRUJDl1XE9q&#10;pnJn+VqInDs1IC30ajQPvWm/6pOT8N68XOxxzD7EMD8flv33oX7cd1Le3iz3d8CiWeJfGH7xCR0q&#10;Ymr8CXVgVkKSrnNij+RsUpEBo0ySbzfAGjrleZYBr0r+/43qBwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJN5DELgAQAAowMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAEZ0ABTjAAAADgEAAA8AAAAAAAAAAAAAAAAAOgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="405A2867" w14:textId="267C1B2E" w:rsidR="00D76228" w:rsidRPr="00971279" w:rsidRDefault="00D76228" w:rsidP="00D76228">
+                  <w:p w14:paraId="405A2867" w14:textId="64701D91" w:rsidR="00D76228" w:rsidRPr="00971279" w:rsidRDefault="00D76228" w:rsidP="00D76228">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="24"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B5C98">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>КК00</w:t>
                     </w:r>
                     <w:r w:rsidRPr="003B5C98">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="de-AT"/>
                       </w:rPr>
                       <w:t>6-</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>0</w:t>
                     </w:r>
-                    <w:r w:rsidR="00971279">
+                    <w:r w:rsidR="00F06174">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
-                        <w:lang w:val="en-US"/>
+                        <w:lang w:val="bg-BG"/>
                       </w:rPr>
-                      <w:t>923</w:t>
+                      <w:t>226</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="5378F421" w14:textId="77777777" w:rsidR="00D76228" w:rsidRDefault="00D76228" w:rsidP="00D76228">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4508"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -5428,100 +5083,106 @@
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
       <w:t>ул. Христо Г. Данов 37</w:t>
     </w:r>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>info</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>@</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>evn</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
   <w:p w14:paraId="7978EBCF" w14:textId="77777777" w:rsidR="00D76228" w:rsidRPr="00BE06DE" w:rsidRDefault="00D76228" w:rsidP="00D76228">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
@@ -5599,86 +5260,90 @@
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>www</w:t>
     </w:r>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>evn</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61F38BCE" w14:textId="77777777" w:rsidR="00230D65" w:rsidRPr="00230D65" w:rsidRDefault="00BE06DE" w:rsidP="00230D65">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4508"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
@@ -5718,183 +5383,163 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="14B88BD5" w14:textId="31C17219" w:rsidR="003B5C98" w:rsidRPr="00971279" w:rsidRDefault="003B5C98" w:rsidP="003B5C98">
+                        <w:p w14:paraId="06D93576" w14:textId="2CB192D6" w:rsidR="003B5C98" w:rsidRPr="003B5C98" w:rsidRDefault="003B5C98" w:rsidP="003B5C98">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
-                              <w:sz w:val="16"/>
-[...1 lines deleted...]
-                              <w:lang w:val="en-US"/>
+                              <w:sz w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003B5C98">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                             <w:t>КК00</w:t>
                           </w:r>
                           <w:r w:rsidRPr="003B5C98">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="de-AT"/>
                             </w:rPr>
                             <w:t>6-</w:t>
                           </w:r>
                           <w:r w:rsidR="00D76228">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                             <w:t>0</w:t>
                           </w:r>
-                          <w:r w:rsidR="00971279">
+                          <w:r w:rsidR="005D30E7">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
-                              <w:lang w:val="en-US"/>
+                              <w:lang w:val="bg-BG"/>
                             </w:rPr>
-                            <w:t>923</w:t>
+                            <w:t>226</w:t>
                           </w:r>
-                        </w:p>
-[...6 lines deleted...]
-                          </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="45289BA2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-63.4pt;margin-top:755.15pt;width:29.15pt;height:76.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPPqUo4wEAAKoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xoKRs1XS27WoS0&#10;LEgLH+A4TmKReMzYbdK/Z+xkuwXeEC+WZ8Y5M+fMye56Gnp2VOg0mJJnq5QzZSTU2rQl//7t/s17&#10;zpwXphY9GFXyk3L8ev/61W60hcqhg75WyAjEuGK0Je+8t0WSONmpQbgVWGWo2AAOwlOIbVKjGAl9&#10;6JM8Td8lI2BtEaRyjrJ3c5HvI37TKOm/NI1TnvUlp9l8PDGeVTiT/U4ULQrbabmMIf5hikFoQ03P&#10;UHfCC3ZA/RfUoCWCg8avJAwJNI2WKnIgNln6B5unTlgVuZA4zp5lcv8PVj4en+xXZH76ABMtMJJw&#10;9gHkD8cM3HbCtOoGEcZOiZoaZ0GyZLSuWD4NUrvCBZBq/Aw1LVkcPESgqcEhqEI8GaHTAk5n0dXk&#10;maTk222apxvOJJWuttlmE5eSiOL5Y4vOf1QwsHApOdJOI7g4PjgfhhHF85PQy8C97vu41978lqCH&#10;IROHD/POk/upmpiuF2aBSwX1idggzG4hd9MlnPmWGIxklpK7nweBirP+kyFRrrL1OrgrBuvNNqcA&#10;LyvVZUUY2QF50HM2X2/97MiDRd121Gxeg4EbErLRkeTLYAsDMkTkvpg3OO4yjq9efrH9LwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAEZ0ABTjAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNxSO40aVSFOhUBU4oLaAAduTmySCHsdYrdJ/57lBMfZGc28LXeLs+xspjB4lJCuBDCDrdcD&#10;dhLeXp+SLbAQFWplPRoJFxNgV11flarQfsajOdexY1SCoVAS+hjHgvPQ9sapsPKjQfI+/eRUJDl1&#10;XE9qpnJn+VqInDs1IC30ajQPvWm/6pOT8N68XOxxzD7EMD8flv33oX7cd1Le3iz3d8CiWeJfGH7x&#10;CR0qYmr8CXVgVkKSrnNij+RsUpEBo0ySbzfAGjrleZYBr0r+/43qBwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAI8+pSjjAQAAqgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAEZ0ABTjAAAADgEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABNBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="14B88BD5" w14:textId="31C17219" w:rsidR="003B5C98" w:rsidRPr="00971279" w:rsidRDefault="003B5C98" w:rsidP="003B5C98">
+                  <w:p w14:paraId="06D93576" w14:textId="2CB192D6" w:rsidR="003B5C98" w:rsidRPr="003B5C98" w:rsidRDefault="003B5C98" w:rsidP="003B5C98">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
-                        <w:sz w:val="16"/>
-[...1 lines deleted...]
-                        <w:lang w:val="en-US"/>
+                        <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B5C98">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>КК00</w:t>
                     </w:r>
                     <w:r w:rsidRPr="003B5C98">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="de-AT"/>
                       </w:rPr>
                       <w:t>6-</w:t>
                     </w:r>
                     <w:r w:rsidR="00D76228">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>0</w:t>
                     </w:r>
-                    <w:r w:rsidR="00971279">
+                    <w:r w:rsidR="005D30E7">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
-                        <w:lang w:val="en-US"/>
+                        <w:lang w:val="bg-BG"/>
                       </w:rPr>
-                      <w:t>923</w:t>
+                      <w:t>226</w:t>
                     </w:r>
-                  </w:p>
-[...6 lines deleted...]
-                    </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="5747575E" w14:textId="77777777" w:rsidR="00230D65" w:rsidRDefault="00230D65" w:rsidP="00230D65">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4508"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:b/>
@@ -5971,100 +5616,106 @@
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
       <w:t>ул. Христо Г. Данов 37</w:t>
     </w:r>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>info</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>@</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>evn</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
   <w:p w14:paraId="1245F476" w14:textId="77777777" w:rsidR="0056280E" w:rsidRPr="00BE06DE" w:rsidRDefault="008708AC" w:rsidP="008708AC">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
@@ -6142,86 +5793,90 @@
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>www</w:t>
     </w:r>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>evn</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="008708AC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="372E897A" w14:textId="77777777" w:rsidR="0056280E" w:rsidRDefault="0056280E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:t>Direktion</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0F5CE78A" w14:textId="77777777" w:rsidR="0056280E" w:rsidRDefault="0056280E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="15"/>
       </w:rPr>
@@ -6306,191 +5961,207 @@
       </w:tabs>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:ind w:right="-965"/>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:t>Telefon</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:tab/>
       <w:t>0 22 36 / 200 ...  -  0</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:tab/>
-      <w:t>Registriert: Landesgericht Wr. Neustadt</w:t>
+      <w:t xml:space="preserve">Registriert: Landesgericht </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="15"/>
+      </w:rPr>
+      <w:t>Wr</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="15"/>
+      </w:rPr>
+      <w:t>. Neustadt</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1D8A3447" w14:textId="77777777" w:rsidR="0056280E" w:rsidRDefault="0056280E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="left" w:pos="2552"/>
         <w:tab w:val="left" w:pos="7371"/>
       </w:tabs>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:t>Telefax</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:tab/>
       <w:t>0 22 36 / 200 - 2600</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:tab/>
       <w:t>FN 72000 h, DVR: 0024341,</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5A044C80" w14:textId="77777777" w:rsidR="0056280E" w:rsidRDefault="0056280E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="left" w:pos="2552"/>
       </w:tabs>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:t>e-mail</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:tab/>
       <w:t>evn@evn.at</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:tab/>
       <w:t>UID Nr. ATU 14704505</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="71F7B9FE" w14:textId="77777777" w:rsidR="0056280E" w:rsidRDefault="0056280E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="left" w:pos="2552"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C05EF60" w14:textId="77777777" w:rsidR="00FD742D" w:rsidRDefault="00FD742D">
+    <w:p w14:paraId="3A95F764" w14:textId="77777777" w:rsidR="00F66288" w:rsidRDefault="00F66288">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04D3D16B" w14:textId="77777777" w:rsidR="00FD742D" w:rsidRDefault="00FD742D">
+    <w:p w14:paraId="15FCB112" w14:textId="77777777" w:rsidR="00F66288" w:rsidRDefault="00F66288">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49F0F2A8" w14:textId="77777777" w:rsidR="0056280E" w:rsidRDefault="0056280E">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">- </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>\PAGE \* ARABIC</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E476994" w14:textId="77777777" w:rsidR="003B5C98" w:rsidRDefault="00230D65">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="45349574" wp14:editId="0D565C89">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>6012815</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>345440</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1057275" cy="371475"/>
           <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:wrapNone/>
           <wp:docPr id="36" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -6524,65 +6195,177 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00C33B07" w14:textId="77777777" w:rsidR="0056280E" w:rsidRPr="0063564F" w:rsidRDefault="0056280E" w:rsidP="00AE38C9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DF4240E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C6C8794"/>
+    <w:lvl w:ilvl="0" w:tplc="E348BCCA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Times New Roman" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59F30BB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAAA6C62"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6651,51 +6434,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DB02367"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34CE4DB6"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6765,333 +6548,349 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="373383712">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="581724525">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="581724525">
+  <w:num w:numId="3" w16cid:durableId="1267544594">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="wvOjDNKLSefX9GiqUNLZf8FCQl4El8X6N+rXE/b9huJ34znD0lPo+6Dqd0qD0pl9+MsgMB2qC9nsgdYVMUiTfg==" w:salt="kkdOpbDGhG38KZPtFIYhPg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="vcSiYbDMe+YPTgdvepxo3cIwNoFyOtuVKyZbXY128YFLwjk8yHRRjCCiMdfN34sjKFuh8Xbafaiwfp6vw2stpg==" w:salt="1/wZ6VPh9aukPY6WMKrTHQ=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11265"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0056280E"/>
     <w:rsid w:val="000028B2"/>
     <w:rsid w:val="00031736"/>
     <w:rsid w:val="00031A41"/>
     <w:rsid w:val="000411BB"/>
     <w:rsid w:val="00073ED4"/>
     <w:rsid w:val="00084763"/>
     <w:rsid w:val="000D5D04"/>
     <w:rsid w:val="000D7F3C"/>
+    <w:rsid w:val="000E06E5"/>
     <w:rsid w:val="000E3E8E"/>
     <w:rsid w:val="000F1948"/>
     <w:rsid w:val="000F79B4"/>
     <w:rsid w:val="000F7AFE"/>
     <w:rsid w:val="00153FAF"/>
     <w:rsid w:val="001733A9"/>
     <w:rsid w:val="00176F5F"/>
+    <w:rsid w:val="0018283B"/>
     <w:rsid w:val="00196DFE"/>
     <w:rsid w:val="001A3F6D"/>
     <w:rsid w:val="001A452A"/>
     <w:rsid w:val="001B56E3"/>
     <w:rsid w:val="001D1FE0"/>
     <w:rsid w:val="001E1D94"/>
     <w:rsid w:val="00215F9C"/>
     <w:rsid w:val="002166D3"/>
     <w:rsid w:val="00230D65"/>
     <w:rsid w:val="002312D1"/>
     <w:rsid w:val="00236C81"/>
     <w:rsid w:val="00245CAA"/>
     <w:rsid w:val="00265818"/>
     <w:rsid w:val="00273463"/>
     <w:rsid w:val="0027483B"/>
     <w:rsid w:val="00274C44"/>
     <w:rsid w:val="00285D9D"/>
     <w:rsid w:val="002927F6"/>
+    <w:rsid w:val="002B24D6"/>
     <w:rsid w:val="002E3383"/>
     <w:rsid w:val="002F2689"/>
     <w:rsid w:val="002F4BB6"/>
     <w:rsid w:val="00317EEC"/>
     <w:rsid w:val="00331C47"/>
     <w:rsid w:val="0034462D"/>
     <w:rsid w:val="003559F7"/>
     <w:rsid w:val="00360358"/>
     <w:rsid w:val="00364E71"/>
     <w:rsid w:val="003761E4"/>
     <w:rsid w:val="00376E31"/>
     <w:rsid w:val="00381B7C"/>
     <w:rsid w:val="0038725C"/>
     <w:rsid w:val="00396BE9"/>
     <w:rsid w:val="003B1EDE"/>
     <w:rsid w:val="003B5C98"/>
     <w:rsid w:val="003B6C9E"/>
     <w:rsid w:val="003D3713"/>
     <w:rsid w:val="003D6D3C"/>
     <w:rsid w:val="003F013A"/>
     <w:rsid w:val="003F0B4D"/>
     <w:rsid w:val="003F1829"/>
     <w:rsid w:val="003F59B1"/>
     <w:rsid w:val="00405A26"/>
     <w:rsid w:val="004175C9"/>
     <w:rsid w:val="00423ECE"/>
     <w:rsid w:val="00424BE4"/>
     <w:rsid w:val="004253B2"/>
     <w:rsid w:val="00427822"/>
     <w:rsid w:val="00433FAE"/>
     <w:rsid w:val="004369B6"/>
     <w:rsid w:val="00447354"/>
     <w:rsid w:val="00456E77"/>
     <w:rsid w:val="004A00AA"/>
     <w:rsid w:val="004B0C3C"/>
     <w:rsid w:val="004B4FB8"/>
     <w:rsid w:val="004B57E4"/>
     <w:rsid w:val="004D054B"/>
     <w:rsid w:val="004D1CFE"/>
     <w:rsid w:val="004D7874"/>
+    <w:rsid w:val="005070B3"/>
     <w:rsid w:val="00540245"/>
     <w:rsid w:val="005464BF"/>
     <w:rsid w:val="0056280E"/>
     <w:rsid w:val="00573117"/>
     <w:rsid w:val="0057601D"/>
     <w:rsid w:val="00596BDE"/>
     <w:rsid w:val="005A24F3"/>
     <w:rsid w:val="005B6F6F"/>
     <w:rsid w:val="005C4E80"/>
     <w:rsid w:val="005C66E2"/>
+    <w:rsid w:val="005D30E7"/>
     <w:rsid w:val="005D79A5"/>
+    <w:rsid w:val="005E37D0"/>
     <w:rsid w:val="005F6A51"/>
     <w:rsid w:val="0060130E"/>
     <w:rsid w:val="0063564F"/>
     <w:rsid w:val="00657DB6"/>
     <w:rsid w:val="006632D1"/>
     <w:rsid w:val="00664DA1"/>
     <w:rsid w:val="006926D8"/>
     <w:rsid w:val="006A1294"/>
     <w:rsid w:val="006B1A32"/>
     <w:rsid w:val="006C650F"/>
     <w:rsid w:val="006D5808"/>
     <w:rsid w:val="006F14B4"/>
     <w:rsid w:val="0070456C"/>
     <w:rsid w:val="00712DC4"/>
     <w:rsid w:val="00723230"/>
     <w:rsid w:val="007261C7"/>
     <w:rsid w:val="00735873"/>
     <w:rsid w:val="00744FAF"/>
     <w:rsid w:val="00755429"/>
     <w:rsid w:val="0076174D"/>
     <w:rsid w:val="00767ACD"/>
     <w:rsid w:val="00794A9F"/>
     <w:rsid w:val="007A4176"/>
     <w:rsid w:val="007A663B"/>
     <w:rsid w:val="007B48FF"/>
     <w:rsid w:val="007B674B"/>
     <w:rsid w:val="007C332F"/>
     <w:rsid w:val="007E209A"/>
     <w:rsid w:val="008022BB"/>
     <w:rsid w:val="0081221B"/>
     <w:rsid w:val="008432A1"/>
     <w:rsid w:val="008501ED"/>
     <w:rsid w:val="008708AC"/>
+    <w:rsid w:val="00871D2E"/>
     <w:rsid w:val="0088371E"/>
     <w:rsid w:val="00892E49"/>
     <w:rsid w:val="008C5413"/>
     <w:rsid w:val="008D4153"/>
     <w:rsid w:val="00901B8A"/>
     <w:rsid w:val="00911BF8"/>
     <w:rsid w:val="00921E37"/>
     <w:rsid w:val="00931F08"/>
     <w:rsid w:val="00945D88"/>
     <w:rsid w:val="009567F7"/>
     <w:rsid w:val="00956F1D"/>
     <w:rsid w:val="009626D8"/>
     <w:rsid w:val="009647A4"/>
     <w:rsid w:val="00965A5E"/>
     <w:rsid w:val="00971279"/>
     <w:rsid w:val="00974FDA"/>
     <w:rsid w:val="00976496"/>
     <w:rsid w:val="00983A06"/>
     <w:rsid w:val="00995C7E"/>
     <w:rsid w:val="00996B4E"/>
     <w:rsid w:val="009A1280"/>
+    <w:rsid w:val="009A60AE"/>
     <w:rsid w:val="009E35A0"/>
     <w:rsid w:val="00A1474A"/>
     <w:rsid w:val="00A21460"/>
     <w:rsid w:val="00A34144"/>
     <w:rsid w:val="00A45DDA"/>
     <w:rsid w:val="00A87E7C"/>
+    <w:rsid w:val="00AA43FB"/>
     <w:rsid w:val="00AB7501"/>
     <w:rsid w:val="00AE38C9"/>
     <w:rsid w:val="00AF0900"/>
     <w:rsid w:val="00AF3DC9"/>
     <w:rsid w:val="00B01A56"/>
     <w:rsid w:val="00B114C5"/>
     <w:rsid w:val="00B3502A"/>
     <w:rsid w:val="00B7099E"/>
     <w:rsid w:val="00B769F8"/>
     <w:rsid w:val="00B8130E"/>
     <w:rsid w:val="00B83868"/>
     <w:rsid w:val="00BA261F"/>
     <w:rsid w:val="00BB2724"/>
     <w:rsid w:val="00BB318D"/>
+    <w:rsid w:val="00BB497A"/>
     <w:rsid w:val="00BE06DE"/>
     <w:rsid w:val="00BE2EC2"/>
     <w:rsid w:val="00C16D7B"/>
     <w:rsid w:val="00C25E8E"/>
+    <w:rsid w:val="00C412DD"/>
     <w:rsid w:val="00C51914"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C76FC2"/>
     <w:rsid w:val="00C81916"/>
     <w:rsid w:val="00C81ACA"/>
     <w:rsid w:val="00C901A3"/>
     <w:rsid w:val="00C9765F"/>
     <w:rsid w:val="00CE386B"/>
     <w:rsid w:val="00CE3CEA"/>
     <w:rsid w:val="00CF68F4"/>
     <w:rsid w:val="00D01ECB"/>
     <w:rsid w:val="00D11A17"/>
     <w:rsid w:val="00D14A4C"/>
     <w:rsid w:val="00D43043"/>
     <w:rsid w:val="00D45C8B"/>
     <w:rsid w:val="00D46929"/>
     <w:rsid w:val="00D60966"/>
     <w:rsid w:val="00D71795"/>
     <w:rsid w:val="00D73D6E"/>
     <w:rsid w:val="00D76228"/>
     <w:rsid w:val="00DA480B"/>
     <w:rsid w:val="00DB08F9"/>
     <w:rsid w:val="00DB2A42"/>
     <w:rsid w:val="00DC1C15"/>
     <w:rsid w:val="00DD3AC2"/>
     <w:rsid w:val="00DE76C9"/>
     <w:rsid w:val="00DF797A"/>
     <w:rsid w:val="00E074D2"/>
     <w:rsid w:val="00E17E7A"/>
     <w:rsid w:val="00E24ACB"/>
     <w:rsid w:val="00E32B35"/>
     <w:rsid w:val="00E52265"/>
     <w:rsid w:val="00EB0A48"/>
     <w:rsid w:val="00EB43A9"/>
     <w:rsid w:val="00ED4725"/>
     <w:rsid w:val="00EE00FF"/>
     <w:rsid w:val="00EE1696"/>
+    <w:rsid w:val="00F06174"/>
     <w:rsid w:val="00F104E1"/>
     <w:rsid w:val="00F10675"/>
     <w:rsid w:val="00F25A41"/>
+    <w:rsid w:val="00F66288"/>
     <w:rsid w:val="00F726F6"/>
     <w:rsid w:val="00F90AA6"/>
     <w:rsid w:val="00FA0761"/>
     <w:rsid w:val="00FC5BE3"/>
     <w:rsid w:val="00FC664A"/>
     <w:rsid w:val="00FD6902"/>
     <w:rsid w:val="00FD742D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11265"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6B61CCB9"/>
   <w15:docId w15:val="{E97F3156-B409-4E22-83C4-54E26D356549}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7202,50 +7001,53 @@
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -7535,89 +7337,138 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00230D65"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00971279"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005070B3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002B24D6"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="468016868">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="530535254">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="551230728">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="887765414">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@evn.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@evn.bg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@elyug.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7870,66 +7721,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>774</Words>
-  <Characters>4412</Characters>
+  <Words>718</Words>
+  <Characters>4093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVN AG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5176</CharactersWithSpaces>
+  <CharactersWithSpaces>4802</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>bgdimis</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>