--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -1,61 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6B298FE1" w14:textId="77777777" w:rsidR="00D45C8B" w:rsidRPr="005B10F2" w:rsidRDefault="00D45C8B" w:rsidP="003B5C98">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D45C8B" w:rsidRPr="005B10F2" w:rsidSect="00230D65">
           <w:headerReference w:type="default" r:id="rId7"/>
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:headerReference w:type="first" r:id="rId9"/>
           <w:footerReference w:type="first" r:id="rId10"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="283" w:footer="283" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="T_Betreff3"/>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="3481A5EC" w14:textId="377B45D1" w:rsidR="00D73D6E" w:rsidRDefault="00285D9D" w:rsidP="003B5C98">
@@ -2721,51 +2717,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="650CEE9C" id="Line 62" o:spid="_x0000_s1026" style="position:absolute;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="11.9pt,.45pt" to="173.9pt,.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhADHByEHaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMjsFO&#10;wzAQRO9I/IO1SNyoQ4sKhDgVieDQA0i0SMDNjZckIl6HeNOGv2d7guPTjGZetpp8p/Y4xDaQgctZ&#10;AgqpCq6l2sDr9vHiBlRkS852gdDAD0ZY5acnmU1dONAL7jdcKxmhmFoDDXOfah2rBr2Ns9AjSfYZ&#10;Bm9ZcKi1G+xBxn2n50my1N62JA+N7bFssPrajN4Ax7f3Zx7X38WyeCpxW3yUD3ptzPnZdH8HinHi&#10;vzIc9UUdcnHahZFcVJ2B+ULM2cAtKEkXV9eCuyPqPNP/5fNfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADHByEHaAAAABAEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".25pt"/>
+              <v:line w14:anchorId="2281A803" id="Line 62" o:spid="_x0000_s1026" style="position:absolute;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="11.9pt,.45pt" to="173.9pt,.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhADHByEHaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMjsFO&#10;wzAQRO9I/IO1SNyoQ4sKhDgVieDQA0i0SMDNjZckIl6HeNOGv2d7guPTjGZetpp8p/Y4xDaQgctZ&#10;AgqpCq6l2sDr9vHiBlRkS852gdDAD0ZY5acnmU1dONAL7jdcKxmhmFoDDXOfah2rBr2Ns9AjSfYZ&#10;Bm9ZcKi1G+xBxn2n50my1N62JA+N7bFssPrajN4Ax7f3Zx7X38WyeCpxW3yUD3ptzPnZdH8HinHi&#10;vzIc9UUdcnHahZFcVJ2B+ULM2cAtKEkXV9eCuyPqPNP/5fNfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADHByEHaAAAABAEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="789B12C0" wp14:editId="702B4768">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3789680</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>5715</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2057400" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Line 61"/>
@@ -2796,51 +2792,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="7B311E78" id="Line 61" o:spid="_x0000_s1026" style="position:absolute;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="298.4pt,.45pt" to="460.4pt,.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAJFnvxvaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMjkFP&#10;g0AQhe8m/ofNmHizi00kgiyNED30oImtie1tCyMQ2Vlkhxb/vdOTHr+8l/e+bDW7Xh1xDJ0nA7eL&#10;CBRS5euOGgPv2+ebe1CBLdW294QGfjDAKr+8yGxa+xO94XHDjZIRCqk10DIPqdahatHZsPADkmSf&#10;fnSWBcdG16M9ybjr9TKKYu1sR/LQ2gHLFquvzeQMcPjYvfK0/i7i4qXEbbEvn/TamOur+fEBFOPM&#10;f2U464s65OJ08BPVQfUG7pJY1NlAAkriZBkJHs6o80z/t89/AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJFnvxvaAAAABQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".25pt"/>
+              <v:line w14:anchorId="4D6204BA" id="Line 61" o:spid="_x0000_s1026" style="position:absolute;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="298.4pt,.45pt" to="460.4pt,.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAJFnvxvaAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMjkFP&#10;g0AQhe8m/ofNmHizi00kgiyNED30oImtie1tCyMQ2Vlkhxb/vdOTHr+8l/e+bDW7Xh1xDJ0nA7eL&#10;CBRS5euOGgPv2+ebe1CBLdW294QGfjDAKr+8yGxa+xO94XHDjZIRCqk10DIPqdahatHZsPADkmSf&#10;fnSWBcdG16M9ybjr9TKKYu1sR/LQ2gHLFquvzeQMcPjYvfK0/i7i4qXEbbEvn/TamOur+fEBFOPM&#10;f2U464s65OJ08BPVQfUG7pJY1NlAAkriZBkJHs6o80z/t89/AQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJFnvxvaAAAABQEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAARBQAAAAA=&#10;" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="4826A2B6" w14:textId="77777777" w:rsidR="003B5C98" w:rsidRPr="003B5C98" w:rsidRDefault="003B5C98" w:rsidP="00427822">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D3D0859" w14:textId="77777777" w:rsidR="003B5C98" w:rsidRPr="003B5C98" w:rsidRDefault="003B5C98" w:rsidP="00427822">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7975E4D8" w14:textId="77777777" w:rsidR="00D73D6E" w:rsidRPr="003B5C98" w:rsidRDefault="00285D9D" w:rsidP="00427822">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -2981,51 +2977,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="3F66AE6E" id="Line 60" o:spid="_x0000_s1026" style="position:absolute;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="297.65pt,1.2pt" to="459.65pt,1.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAJlTEQfdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFO&#10;wzAQRO9I/IO1SNyo00IrEuJUTQSHHkBqiwTc3HhJosbrEDtt+HsWLuX4NKOZly5H24oj9r5xpGA6&#10;iUAglc40VCl43T3d3IPwQZPRrSNU8I0eltnlRaoT4060weM2VIJHyCdaQR1Cl0jpyxqt9hPXIXH2&#10;6XqrA2NfSdPrE4/bVs6iaCGtbogfat1hUWN52A5WQfBv7y9hWH/li/y5wF3+UTzKtVLXV+PqAUTA&#10;MZzL8KvP6pCx094NZLxoFczj+S1XFczuQHAeT2Pm/R/LLJX//bMfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJlTEQfdAAAABwEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokeweight=".25pt"/>
+              <v:line w14:anchorId="5F1808A6" id="Line 60" o:spid="_x0000_s1026" style="position:absolute;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="297.65pt,1.2pt" to="459.65pt,1.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAJlTEQfdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFO&#10;wzAQRO9I/IO1SNyo00IrEuJUTQSHHkBqiwTc3HhJosbrEDtt+HsWLuX4NKOZly5H24oj9r5xpGA6&#10;iUAglc40VCl43T3d3IPwQZPRrSNU8I0eltnlRaoT4060weM2VIJHyCdaQR1Cl0jpyxqt9hPXIXH2&#10;6XqrA2NfSdPrE4/bVs6iaCGtbogfat1hUWN52A5WQfBv7y9hWH/li/y5wF3+UTzKtVLXV+PqAUTA&#10;MZzL8KvP6pCx094NZLxoFczj+S1XFczuQHAeT2Pm/R/LLJX//bMfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADHm7bawAQAASAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAJlTEQfdAAAABwEAAA8AAAAAAAAAAAAAAAAACgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAUBQAAAAA=&#10;" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29E5FE03" wp14:editId="774E92ED">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>151130</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>15240</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2057400" cy="0"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Line 63"/>
@@ -3056,51 +3052,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="6C9000F2" id="Line 63" o:spid="_x0000_s1026" style="position:absolute;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="11.9pt,1.2pt" to="173.9pt,1.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAELZ/A3bAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjkFL&#10;w0AQhe+C/2EZwZvd2JYqMZtigh56ULAV1Ns2OybB7GzMTtr47x296Gn4eI83X7aefKcOOMQ2kIHL&#10;WQIKqQqupdrA8+7+4hpUZEvOdoHQwBdGWOenJ5lNXTjSEx62XCsZoZhaAw1zn2odqwa9jbPQI0n2&#10;HgZvWXCotRvsUcZ9p+dJstLetiQfGttj2WD1sR29AY4vr488bj6LVfFQ4q54K+/0xpjzs+n2BhTj&#10;xH9l+NEXdcjFaR9GclF1BuYLMWe5S1ASL5ZXwvtf1nmm/+vn3wAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAx5u22sAEAAEgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBC2fwN2wAAAAYBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight=".25pt"/>
+              <v:line w14:anchorId="08281F77" id="Line 63" o:spid="_x0000_s1026" style="position:absolute;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="11.9pt,1.2pt" to="173.9pt,1.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAx5u22sAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlhWRQ13UOX5bJA&#10;pV0+YGo7iYXjsWbcJv17bG9bVnBD5GDZnpnn995M1nfz6MTREFv0rVwuaimMV6it71v54/nh3Scp&#10;OILX4NCbVp4My7vN2zfrKTRmhQM6bUgkEM/NFFo5xBiaqmI1mBF4gcH4FOyQRojpSH2lCaaEPrpq&#10;VdcfqwlJB0JlmNPt/UtQbgp+1xkVv3cdmyhcKxO3WFYq6z6v1WYNTU8QBqvONOAfWIxgfXr0CnUP&#10;EcSB7F9Qo1WEjF1cKBwr7DqrTNGQ1CzrP9Q8DRBM0ZLM4XC1if8frPp23PodZepq9k/hEdVPFh63&#10;A/jeFALPp5Aat8xWVVPg5lqSDxx2JPbTV9QpBw4RiwtzR2OGTPrEXMw+Xc02cxQqXa7qm9sPdeqJ&#10;usQqaC6FgTh+MTiKvGmlsz77AA0cHzlmItBcUvK1xwfrXOml82Jq5fvl7U0pYHRW52BOY+r3W0fi&#10;CHkayldUpcjrNMKD1wVsMKA/n/cRrHvZp8edP5uR9edh42aP+rSji0mpXYXlebTyPLw+l+rfP8Dm&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAELZ/A3bAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMjkFL&#10;w0AQhe+C/2EZwZvd2JYqMZtigh56ULAV1Ns2OybB7GzMTtr47x296Gn4eI83X7aefKcOOMQ2kIHL&#10;WQIKqQqupdrA8+7+4hpUZEvOdoHQwBdGWOenJ5lNXTjSEx62XCsZoZhaAw1zn2odqwa9jbPQI0n2&#10;HgZvWXCotRvsUcZ9p+dJstLetiQfGttj2WD1sR29AY4vr488bj6LVfFQ4q54K+/0xpjzs+n2BhTj&#10;xH9l+NEXdcjFaR9GclF1BuYLMWe5S1ASL5ZXwvtf1nmm/+vn3wAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAx5u22sAEAAEgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBC2fwN2wAAAAYBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D0AC64" w14:textId="77777777" w:rsidR="00F05D4D" w:rsidRDefault="00F05D4D" w:rsidP="00AF3DC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="21725970" w14:textId="77777777" w:rsidR="00F05D4D" w:rsidRPr="00D76228" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -3134,51 +3130,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve">Декларирам, че ми е предоставена и се запознах с информация относно обработването на лични данни от страна на дружеството в качеството му на администратор, както и за правата ми по Общия регламент за защита на данните. Във връзка с този документ се запознах със следната конкретна информация:                                                                           </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D03EF07" w14:textId="777D046D" w:rsidR="00F05D4D" w:rsidRPr="00D76228" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
+    <w:p w14:paraId="6D03EF07" w14:textId="4FBB8B15" w:rsidR="00F05D4D" w:rsidRPr="00D76228" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
@@ -3199,51 +3195,51 @@
         <w:t xml:space="preserve">Упражняване </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>на права и задължения на клиент</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AF5D21C" w14:textId="121FCD40" w:rsidR="00F05D4D" w:rsidRPr="00D76228" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
+    <w:p w14:paraId="4AF5D21C" w14:textId="68D37E17" w:rsidR="00F05D4D" w:rsidRPr="00D76228" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
@@ -3253,51 +3249,51 @@
         <w:t xml:space="preserve">Правно основание за обработването: </w:t>
       </w:r>
       <w:r w:rsidR="005F6C62">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>Изпълнение на договор</w:t>
       </w:r>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="538A4BAC" w14:textId="6911C945" w:rsidR="00F05D4D" w:rsidRPr="00D76228" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
+    <w:p w14:paraId="538A4BAC" w14:textId="149933EA" w:rsidR="00F05D4D" w:rsidRPr="00D76228" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
@@ -3361,78 +3357,621 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D76228">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve">Събирането на личните данни е изискване за този документ и непредоставянето им ще доведе до невъзможност за изпълнение от страна на дружеството. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C6905C0" w14:textId="77777777" w:rsidR="00F05D4D" w:rsidRPr="00D76228" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
+    <w:p w14:paraId="4C6905C0" w14:textId="77777777" w:rsidR="00F05D4D" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="4D55F7C3" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00747297">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+        <w:t>Директен маркетинг:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10129" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2790"/>
+        <w:gridCol w:w="7339"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00747297" w:rsidRPr="00B33052" w14:paraId="6D8EE32C" w14:textId="77777777" w:rsidTr="00747297">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="760EE50E" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34763589" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35F08E87" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Давам съгласието си</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6898AF00" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="447E8AA9" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="459A524E" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Не давам съгласието си</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C545D2A" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B870480" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t>Дружеството да обработва предоставените от мен лични данни за целите на директен маркетинг, включително, но не само, предлагане на стоки и услуги, маркетинг и реклама по всякакви комуникационни канали (включително поща, телефон, електронна поща, SMS, мобилни приложения, социални медии или по друг директен начин), анализ на потребителското поведение и предпочитания, както и допитване и проучване относно предлаганите стоки и услуги, нови продукти и инициативи на дружеството.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65C48015" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t>Информиран съм, че:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E72A0D0" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мога да оттегля съгласието си по всяко време чрез заявление в ЕВН Офис или на имейл: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00747297">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                  <w:bCs/>
+                  <w:noProof/>
+                  <w:spacing w:val="4"/>
+                  <w:sz w:val="19"/>
+                  <w:szCs w:val="19"/>
+                  <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+                </w:rPr>
+                <w:t>info@elyug.bg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00B33052">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E9016B7" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00747297">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+              <w:t>оттеглянето на съгласието не засяга законосъобразността на обработването, основано на дадено съгласие преди неговото оттегляне.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C44B71" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1DAE06DF" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00747297" w:rsidRDefault="00747297" w:rsidP="00747297">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00747297">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+        <w:t>При липса на отбелязване се приема, че не е дадено съгласие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7541FEF4" w14:textId="77777777" w:rsidR="00747297" w:rsidRPr="00D76228" w:rsidRDefault="00747297" w:rsidP="00F05D4D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="77E39980" w14:textId="77777777" w:rsidR="00E15C61" w:rsidRDefault="00E15C61" w:rsidP="00F05D4D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E15C61" w:rsidSect="003B5C98">
-          <w:headerReference w:type="default" r:id="rId11"/>
-          <w:footerReference w:type="first" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="964" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7184A893" w14:textId="77777777" w:rsidR="00F05D4D" w:rsidRPr="00F05D4D" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="094410F5" w14:textId="77777777" w:rsidR="00F05D4D" w:rsidRPr="00F05D4D" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
@@ -4181,1020 +4720,161 @@
           <w:noEndnote/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52087FB0" w14:textId="77777777" w:rsidR="00E15C61" w:rsidRPr="00E15C61" w:rsidRDefault="00E15C61" w:rsidP="00F05D4D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B175403" w14:textId="77777777" w:rsidR="00F05D4D" w:rsidRPr="00D76228" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...857 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="06E42430" w14:textId="77777777" w:rsidR="00D45C8B" w:rsidRPr="00A438C8" w:rsidRDefault="00D45C8B" w:rsidP="00AF3DC9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D45C8B" w:rsidRPr="00A438C8" w:rsidSect="003B5C98">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="964" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="575D63BF" w14:textId="77777777" w:rsidR="00FD742D" w:rsidRDefault="00FD742D">
+    <w:p w14:paraId="3F87F0F0" w14:textId="77777777" w:rsidR="005666A6" w:rsidRDefault="005666A6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="088632BF" w14:textId="77777777" w:rsidR="00FD742D" w:rsidRDefault="00FD742D">
+    <w:p w14:paraId="0959541B" w14:textId="77777777" w:rsidR="005666A6" w:rsidRDefault="005666A6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Frutiger Next for EVN Light">
+    <w:panose1 w:val="020B0303040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Frutiger Next for EVN Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6EC272B3" w14:textId="77777777" w:rsidR="00F05D4D" w:rsidRPr="00F03535" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2268"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F03535">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
@@ -5515,162 +5195,180 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="48FFFD21" w14:textId="101BC7D5" w:rsidR="00F05D4D" w:rsidRPr="00D77BD6" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
+                        <w:p w14:paraId="48FFFD21" w14:textId="5DC36D3B" w:rsidR="00F05D4D" w:rsidRPr="00B33052" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="24"/>
-                              <w:lang w:val="bg-BG"/>
+                              <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003B5C98">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                             <w:t>КК00</w:t>
                           </w:r>
                           <w:r w:rsidRPr="003B5C98">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="de-AT"/>
                             </w:rPr>
                             <w:t>6-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00D77BD6">
+                          <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
-                            <w:t>1224</w:t>
+                            <w:t>0</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00B33052">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>226</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="69596F2F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-64.15pt;margin-top:752.9pt;width:29.25pt;height:76.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBIJdBG4AEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9GO0zAQfEfiHyy/0zSlJVzU9HTc6RDS&#10;cSAdfIDj2IlF4jVrt0n/nrXT6xV4Q7xYtteZnZmdbK+noWcHhd6ArXi+WHKmrITG2Lbi37/dv3nP&#10;mQ/CNqIHqyp+VJ5f716/2o6uVCvooG8UMgKxvhxdxbsQXJllXnZqEH4BTlkqasBBBDpimzUoRkIf&#10;+my1XL7LRsDGIUjlPd3ezUW+S/haKxm+aO1VYH3FiVtIK6a1jmu224qyReE6I080xD+wGISx1PQM&#10;dSeCYHs0f0ENRiJ40GEhYchAayNV0kBq8uUfap464VTSQuZ4d7bJ/z9Y+Xh4cl+RhekDTDTAJMK7&#10;B5A/PLNw2wnbqhtEGDslGmqcR8uy0fny9Gm02pc+gtTjZ2hoyGIfIAFNGofoCulkhE4DOJ5NV1Ng&#10;ki7fFvm62HAmqXRV5JtNGkomyuePHfrwUcHA4qbiSDNN4OLw4EMkI8rnJ7GXhXvT92muvf3tgh7G&#10;m0Q+8p2Zh6me6HUUUUNzJBkIc0wo1rSJ66og6iOlpOL+516g4qz/ZMmNq3y9jrFKh/WmWNEBLyv1&#10;ZUVY2QGFL3A2b2/DHMW9Q9N21Gz238INOahNUvdC7ESdkpBEn1Ibo3Z5Tq9e/q3dLwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAGf2pu/kAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNxSu60ShRCnQiAqcUFtoIfenHhJImI7xG6T/j3Lqdx2d0azb/LNbHp2xtF3zkpYLgQwtLXTnW0k&#10;fH68RikwH5TVqncWJVzQw6a4vclVpt1k93guQ8MoxPpMSWhDGDLOfd2iUX7hBrSkfbnRqEDr2HA9&#10;qonCTc9XQiTcqM7Sh1YN+Nxi/V2ejIRD9X7p98P6KLrpbTdvf3bly7aR8v5ufnoEFnAOVzP84RM6&#10;FMRUuZPVnvUSouUqXZOXlFjE1II8UfJAQ0WnJE5T4EXO/9cofgEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBIJdBG4AEAAKMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBn9qbv5AAAAA4BAAAPAAAAAAAAAAAAAAAAADoEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="48FFFD21" w14:textId="101BC7D5" w:rsidR="00F05D4D" w:rsidRPr="00D77BD6" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
+                  <w:p w14:paraId="48FFFD21" w14:textId="5DC36D3B" w:rsidR="00F05D4D" w:rsidRPr="00B33052" w:rsidRDefault="00F05D4D" w:rsidP="00F05D4D">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="24"/>
-                        <w:lang w:val="bg-BG"/>
+                        <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B5C98">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>КК00</w:t>
                     </w:r>
                     <w:r w:rsidRPr="003B5C98">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="de-AT"/>
                       </w:rPr>
                       <w:t>6-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00D77BD6">
+                    <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
-                      <w:t>1224</w:t>
+                      <w:t>0</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00B33052">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>226</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E641F4E" w14:textId="77777777" w:rsidR="00230D65" w:rsidRDefault="00230D65" w:rsidP="00230D65">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4508"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1211EAB3" w14:textId="77777777" w:rsidR="00F03535" w:rsidRPr="00F03535" w:rsidRDefault="00F03535" w:rsidP="00F03535">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2268"/>
@@ -6012,180 +5710,198 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="24DCCE17" w14:textId="0653DB8F" w:rsidR="003B5C98" w:rsidRPr="00D77BD6" w:rsidRDefault="003B5C98" w:rsidP="003B5C98">
+                        <w:p w14:paraId="24DCCE17" w14:textId="1F0EB05F" w:rsidR="003B5C98" w:rsidRPr="00B33052" w:rsidRDefault="003B5C98" w:rsidP="003B5C98">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
-                              <w:lang w:val="bg-BG"/>
+                              <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="003B5C98">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                             <w:t>КК00</w:t>
                           </w:r>
                           <w:r w:rsidRPr="003B5C98">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="de-AT"/>
                             </w:rPr>
                             <w:t>6-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00D77BD6">
+                          <w:r w:rsidR="00F05D4D">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="12"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
-                            <w:t>1224</w:t>
+                            <w:t>0</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00B33052">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="12"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>226</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="45DAFFBA" w14:textId="77777777" w:rsidR="003B5C98" w:rsidRPr="003B5C98" w:rsidRDefault="003B5C98" w:rsidP="003B5C98">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="279036B6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-64.15pt;margin-top:752.9pt;width:29.25pt;height:76.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzpEo54gEAAKoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1pKRs1XS27WoS0&#10;LEgLH+A4dmKReMzYbdK/Z+xkuwVuiIvlmXHezHvzsrse+44dFXoDtuT5YsmZshJqY5uSf/92/+Y9&#10;Zz4IW4sOrCr5SXl+vX/9aje4Qq2gha5WyAjE+mJwJW9DcEWWedmqXvgFOGWpqAF7ESjEJqtRDITe&#10;d9lquXyXDYC1Q5DKe8reTUW+T/haKxm+aO1VYF3JabaQTkxnFc9svxNFg8K1Rs5jiH+YohfGUtMz&#10;1J0Igh3Q/AXVG4ngQYeFhD4DrY1UiQOxyZd/sHlqhVOJC4nj3Vkm//9g5ePxyX1FFsYPMNICEwnv&#10;HkD+8MzCbStso24QYWiVqKlxHiXLBueL+dMotS98BKmGz1DTksUhQAIaNfZRFeLJCJ0WcDqLrsbA&#10;JCXfbvP1dsOZpNLVNt9s0lIyUTx/7NCHjwp6Fi8lR9ppAhfHBx/iMKJ4fhJ7Wbg3XZf22tnfEvQw&#10;ZtLwcd5p8jBWIzP1zCxyqaA+ERuEyS3kbrrEc7UlBgOZpeT+50Gg4qz7ZEmUq3y9ju5KwXqzXVGA&#10;l5XqsiKsbIE8GDibrrdhcuTBoWlaajatwcINCalNIvky2MyADJG4z+aNjruM06uXX2z/CwAA//8D&#10;AFBLAwQUAAYACAAAACEAZ/am7+QAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3FK7rRKFEKdCICpxQW2gh96ceEkiYjvEbpP+Pcup3HZ3RrNv8s1senbG0XfOSlguBDC0tdOd&#10;bSR8frxGKTAflNWqdxYlXNDDpri9yVWm3WT3eC5DwyjE+kxJaEMYMs593aJRfuEGtKR9udGoQOvY&#10;cD2qicJNz1dCJNyoztKHVg343GL9XZ6MhEP1fun3w/oouultN29/duXLtpHy/m5+egQWcA5XM/zh&#10;EzoUxFS5k9We9RKi5Spdk5eUWMTUgjxR8kBDRackTlPgRc7/1yh+AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhALOkSjniAQAAqgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGf2pu/kAAAADgEAAA8AAAAAAAAAAAAAAAAAPAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABNBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="24DCCE17" w14:textId="0653DB8F" w:rsidR="003B5C98" w:rsidRPr="00D77BD6" w:rsidRDefault="003B5C98" w:rsidP="003B5C98">
+                  <w:p w14:paraId="24DCCE17" w14:textId="1F0EB05F" w:rsidR="003B5C98" w:rsidRPr="00B33052" w:rsidRDefault="003B5C98" w:rsidP="003B5C98">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
-                        <w:lang w:val="bg-BG"/>
+                        <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="003B5C98">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>КК00</w:t>
                     </w:r>
                     <w:r w:rsidRPr="003B5C98">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="de-AT"/>
                       </w:rPr>
                       <w:t>6-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00D77BD6">
+                    <w:r w:rsidR="00F05D4D">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="12"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
-                      <w:t>1224</w:t>
+                      <w:t>0</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00B33052">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="12"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>226</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="45DAFFBA" w14:textId="77777777" w:rsidR="003B5C98" w:rsidRPr="003B5C98" w:rsidRDefault="003B5C98" w:rsidP="003B5C98">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="001DC42D" w14:textId="77777777" w:rsidR="0056280E" w:rsidRDefault="0056280E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:t>Direktion</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="10FBA168" w14:textId="77777777" w:rsidR="0056280E" w:rsidRDefault="0056280E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="15"/>
       </w:rPr>
@@ -6373,104 +6089,104 @@
     <w:r>
       <w:rPr>
         <w:sz w:val="15"/>
       </w:rPr>
       <w:tab/>
       <w:t>UID Nr. ATU 14704505</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0AE4DD7B" w14:textId="77777777" w:rsidR="0056280E" w:rsidRDefault="0056280E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="left" w:pos="2552"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C678623" w14:textId="77777777" w:rsidR="00FD742D" w:rsidRDefault="00FD742D">
+    <w:p w14:paraId="2B67E8BC" w14:textId="77777777" w:rsidR="005666A6" w:rsidRDefault="005666A6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FAFC9FD" w14:textId="77777777" w:rsidR="00FD742D" w:rsidRDefault="00FD742D">
+    <w:p w14:paraId="7153168D" w14:textId="77777777" w:rsidR="005666A6" w:rsidRDefault="005666A6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D92BCBC" w14:textId="77777777" w:rsidR="0056280E" w:rsidRDefault="0056280E">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">- </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>\PAGE \* ARABIC</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2583FC8E" w14:textId="77777777" w:rsidR="003B5C98" w:rsidRDefault="00230D65">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7580D143" wp14:editId="69E8EB1A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>6012815</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>345440</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1057275" cy="371475"/>
           <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -6504,65 +6220,177 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="52A23F42" w14:textId="77777777" w:rsidR="0056280E" w:rsidRPr="0063564F" w:rsidRDefault="0056280E" w:rsidP="00AE38C9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DF4240E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C6C8794"/>
+    <w:lvl w:ilvl="0" w:tplc="E348BCCA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Times New Roman" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59F30BB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAAA6C62"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6631,51 +6459,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DB02367"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34CE4DB6"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6745,121 +6573,126 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="294530606">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1561018245">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1561018245">
+  <w:num w:numId="3" w16cid:durableId="1443107427">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="124"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="acxjoXwfZzDoAAlL2M6IOlWTvDCks+x05HidPQB70EqDcMI6EneveCBoNVgQoufx+bnvr74IsxjaN0sFxFTZRQ==" w:salt="Vn8LFeGrIyIuibfvOzm4Uw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="m1t10tIieO9o8l0ObnZ35v08wvM8beJ/X3grhhBkQ5C+BGiAX1/bAhrE4LPa75VaT3AwqdOvh4qfF5fKZXl+UQ==" w:salt="8RqhvisNlkI0wLGq/VeFNA=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="33793"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0056280E"/>
     <w:rsid w:val="000028B2"/>
     <w:rsid w:val="00031736"/>
     <w:rsid w:val="00031A41"/>
     <w:rsid w:val="000411BB"/>
     <w:rsid w:val="00073ED4"/>
     <w:rsid w:val="00084763"/>
     <w:rsid w:val="000B1EC2"/>
     <w:rsid w:val="000D5D04"/>
     <w:rsid w:val="000D7F3C"/>
     <w:rsid w:val="000E3E8E"/>
     <w:rsid w:val="000F1948"/>
     <w:rsid w:val="000F3A25"/>
+    <w:rsid w:val="000F3A76"/>
     <w:rsid w:val="000F6A0A"/>
     <w:rsid w:val="000F79B4"/>
     <w:rsid w:val="000F7AFE"/>
     <w:rsid w:val="00144A2B"/>
     <w:rsid w:val="00150074"/>
     <w:rsid w:val="00153FAF"/>
     <w:rsid w:val="001540D3"/>
     <w:rsid w:val="001733A9"/>
     <w:rsid w:val="00176F5F"/>
     <w:rsid w:val="00196DFE"/>
     <w:rsid w:val="001A3F6D"/>
     <w:rsid w:val="001A452A"/>
     <w:rsid w:val="001B56E3"/>
     <w:rsid w:val="001D1FE0"/>
     <w:rsid w:val="001E1D94"/>
     <w:rsid w:val="00215F9C"/>
     <w:rsid w:val="002166D3"/>
+    <w:rsid w:val="00220253"/>
     <w:rsid w:val="002300C3"/>
     <w:rsid w:val="00230D65"/>
     <w:rsid w:val="002312D1"/>
     <w:rsid w:val="00236C81"/>
     <w:rsid w:val="00245CAA"/>
     <w:rsid w:val="00265818"/>
     <w:rsid w:val="00273463"/>
     <w:rsid w:val="0027483B"/>
     <w:rsid w:val="00274C44"/>
     <w:rsid w:val="00285D9D"/>
     <w:rsid w:val="002927F6"/>
     <w:rsid w:val="00294064"/>
     <w:rsid w:val="002A612F"/>
     <w:rsid w:val="002E3383"/>
     <w:rsid w:val="002F2689"/>
     <w:rsid w:val="002F4BB6"/>
     <w:rsid w:val="00306BC7"/>
     <w:rsid w:val="00317EEC"/>
     <w:rsid w:val="00331C47"/>
     <w:rsid w:val="0034462D"/>
     <w:rsid w:val="00346E32"/>
     <w:rsid w:val="003559F7"/>
     <w:rsid w:val="00360358"/>
     <w:rsid w:val="00364E71"/>
     <w:rsid w:val="003761E4"/>
@@ -6878,230 +6711,231 @@
     <w:rsid w:val="003F59B1"/>
     <w:rsid w:val="00405A26"/>
     <w:rsid w:val="004175C9"/>
     <w:rsid w:val="00423ECE"/>
     <w:rsid w:val="00424BE4"/>
     <w:rsid w:val="004253B2"/>
     <w:rsid w:val="00427822"/>
     <w:rsid w:val="00433FAE"/>
     <w:rsid w:val="004369B6"/>
     <w:rsid w:val="00447354"/>
     <w:rsid w:val="00456E77"/>
     <w:rsid w:val="004817ED"/>
     <w:rsid w:val="00487488"/>
     <w:rsid w:val="004A00AA"/>
     <w:rsid w:val="004B0C3C"/>
     <w:rsid w:val="004B4FB8"/>
     <w:rsid w:val="004B57E4"/>
     <w:rsid w:val="004D054B"/>
     <w:rsid w:val="004D1CFE"/>
     <w:rsid w:val="004D7874"/>
     <w:rsid w:val="00505056"/>
     <w:rsid w:val="005119A6"/>
     <w:rsid w:val="00540245"/>
     <w:rsid w:val="005464BF"/>
     <w:rsid w:val="0056280E"/>
+    <w:rsid w:val="005666A6"/>
     <w:rsid w:val="00573117"/>
     <w:rsid w:val="0057601D"/>
     <w:rsid w:val="00576BE3"/>
     <w:rsid w:val="00596BDE"/>
     <w:rsid w:val="005A24F3"/>
+    <w:rsid w:val="005A3C85"/>
     <w:rsid w:val="005B10F2"/>
     <w:rsid w:val="005B6F6F"/>
     <w:rsid w:val="005C4E80"/>
     <w:rsid w:val="005C66E2"/>
     <w:rsid w:val="005D79A5"/>
     <w:rsid w:val="005F6A51"/>
     <w:rsid w:val="005F6C62"/>
     <w:rsid w:val="0060130E"/>
     <w:rsid w:val="0063564F"/>
     <w:rsid w:val="006567F1"/>
     <w:rsid w:val="00657DB6"/>
     <w:rsid w:val="006632D1"/>
     <w:rsid w:val="00664DA1"/>
     <w:rsid w:val="006926D8"/>
     <w:rsid w:val="006B1A32"/>
     <w:rsid w:val="006C650F"/>
     <w:rsid w:val="006D5808"/>
     <w:rsid w:val="006F14B4"/>
     <w:rsid w:val="0070456C"/>
     <w:rsid w:val="00712DC4"/>
     <w:rsid w:val="00725F58"/>
     <w:rsid w:val="007261C7"/>
     <w:rsid w:val="00735873"/>
     <w:rsid w:val="007374B0"/>
     <w:rsid w:val="00744FAF"/>
+    <w:rsid w:val="00747297"/>
     <w:rsid w:val="00755429"/>
     <w:rsid w:val="0076174D"/>
     <w:rsid w:val="00767ACD"/>
     <w:rsid w:val="00794A9F"/>
     <w:rsid w:val="007A2F02"/>
     <w:rsid w:val="007A4176"/>
     <w:rsid w:val="007A663B"/>
     <w:rsid w:val="007B48FF"/>
     <w:rsid w:val="007B674B"/>
     <w:rsid w:val="007C332F"/>
     <w:rsid w:val="007E209A"/>
     <w:rsid w:val="007E61E6"/>
     <w:rsid w:val="008022BB"/>
     <w:rsid w:val="0081221B"/>
     <w:rsid w:val="008432A1"/>
     <w:rsid w:val="008501ED"/>
     <w:rsid w:val="0088371E"/>
     <w:rsid w:val="00892E49"/>
     <w:rsid w:val="00897B09"/>
     <w:rsid w:val="008C24C4"/>
     <w:rsid w:val="008C5413"/>
     <w:rsid w:val="008D4153"/>
     <w:rsid w:val="00901B8A"/>
     <w:rsid w:val="00911BF8"/>
     <w:rsid w:val="00921E37"/>
     <w:rsid w:val="00945D88"/>
     <w:rsid w:val="009567F7"/>
     <w:rsid w:val="00956F1D"/>
     <w:rsid w:val="009626D8"/>
     <w:rsid w:val="009647A4"/>
     <w:rsid w:val="00965A5E"/>
     <w:rsid w:val="00967EF2"/>
     <w:rsid w:val="00974FDA"/>
     <w:rsid w:val="00976496"/>
     <w:rsid w:val="00983A06"/>
-    <w:rsid w:val="00991084"/>
     <w:rsid w:val="00995C7E"/>
     <w:rsid w:val="00996B4E"/>
     <w:rsid w:val="009A1280"/>
     <w:rsid w:val="009E35A0"/>
     <w:rsid w:val="00A1474A"/>
     <w:rsid w:val="00A21460"/>
     <w:rsid w:val="00A34144"/>
     <w:rsid w:val="00A4033A"/>
     <w:rsid w:val="00A438C8"/>
     <w:rsid w:val="00A45DDA"/>
     <w:rsid w:val="00A87E7C"/>
     <w:rsid w:val="00AB7501"/>
     <w:rsid w:val="00AE38C9"/>
     <w:rsid w:val="00AF0900"/>
     <w:rsid w:val="00AF3DC9"/>
     <w:rsid w:val="00B01A56"/>
     <w:rsid w:val="00B114C5"/>
+    <w:rsid w:val="00B2215C"/>
+    <w:rsid w:val="00B33052"/>
     <w:rsid w:val="00B3502A"/>
     <w:rsid w:val="00B43023"/>
     <w:rsid w:val="00B7099E"/>
     <w:rsid w:val="00B769F8"/>
     <w:rsid w:val="00B8130E"/>
     <w:rsid w:val="00B83868"/>
     <w:rsid w:val="00BA261F"/>
     <w:rsid w:val="00BA2CC2"/>
     <w:rsid w:val="00BB2724"/>
     <w:rsid w:val="00BB318D"/>
     <w:rsid w:val="00BE2EC2"/>
     <w:rsid w:val="00C16D7B"/>
     <w:rsid w:val="00C25E8E"/>
     <w:rsid w:val="00C40D9B"/>
     <w:rsid w:val="00C51914"/>
     <w:rsid w:val="00C7430C"/>
     <w:rsid w:val="00C76FC2"/>
     <w:rsid w:val="00C81916"/>
     <w:rsid w:val="00C81ACA"/>
     <w:rsid w:val="00C901A3"/>
     <w:rsid w:val="00C9765F"/>
     <w:rsid w:val="00CD70B9"/>
     <w:rsid w:val="00CE386B"/>
     <w:rsid w:val="00CE3CEA"/>
     <w:rsid w:val="00CF68F4"/>
     <w:rsid w:val="00D11A17"/>
     <w:rsid w:val="00D14A4C"/>
     <w:rsid w:val="00D43043"/>
     <w:rsid w:val="00D45C8B"/>
     <w:rsid w:val="00D60966"/>
     <w:rsid w:val="00D71795"/>
     <w:rsid w:val="00D73D6E"/>
-    <w:rsid w:val="00D77BD6"/>
     <w:rsid w:val="00DA480B"/>
     <w:rsid w:val="00DB08F9"/>
     <w:rsid w:val="00DB2A42"/>
     <w:rsid w:val="00DC1C15"/>
     <w:rsid w:val="00DD3AC2"/>
     <w:rsid w:val="00DE76C9"/>
     <w:rsid w:val="00DF797A"/>
     <w:rsid w:val="00E074D2"/>
     <w:rsid w:val="00E15C61"/>
     <w:rsid w:val="00E17E7A"/>
     <w:rsid w:val="00E24ACB"/>
     <w:rsid w:val="00E32B35"/>
     <w:rsid w:val="00E52265"/>
-    <w:rsid w:val="00E72CB5"/>
     <w:rsid w:val="00EB0A48"/>
     <w:rsid w:val="00EB43A9"/>
     <w:rsid w:val="00ED4725"/>
     <w:rsid w:val="00EE00FF"/>
     <w:rsid w:val="00EE1696"/>
     <w:rsid w:val="00F03535"/>
     <w:rsid w:val="00F05D4D"/>
     <w:rsid w:val="00F104E1"/>
     <w:rsid w:val="00F10675"/>
     <w:rsid w:val="00F25A41"/>
     <w:rsid w:val="00F726F6"/>
     <w:rsid w:val="00F90AA6"/>
-    <w:rsid w:val="00F94836"/>
     <w:rsid w:val="00FA0761"/>
     <w:rsid w:val="00FC5BE3"/>
     <w:rsid w:val="00FC664A"/>
     <w:rsid w:val="00FD6902"/>
     <w:rsid w:val="00FD742D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="33793"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="793D39A6"/>
   <w15:docId w15:val="{396DFBD8-FE50-4052-B38C-D7A2C075305B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7580,89 +7414,127 @@
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="000F6A0A"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00967EF2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00747297"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="530535254">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="887765414">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1139567475">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1317344412">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@evn.bg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@elyug.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7910,298 +7782,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...217 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>726</Words>
-  <Characters>4143</Characters>
+  <Words>718</Words>
+  <Characters>4094</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>34</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVN AG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4860</CharactersWithSpaces>
+  <CharactersWithSpaces>4803</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>bgdimis</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>