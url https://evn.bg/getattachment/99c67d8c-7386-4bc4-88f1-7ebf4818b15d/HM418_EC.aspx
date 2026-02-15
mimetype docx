--- v0 (2025-10-15)
+++ v1 (2026-02-15)
@@ -1,82 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00A31D7A" w:rsidRDefault="00A31D7A"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00CB4848" w:rsidRDefault="00CB4848"/>
+    <w:p w14:paraId="3C59EDDA" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRDefault="00A31D7A"/>
+    <w:p w14:paraId="61069916" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRDefault="00A31D7A"/>
+    <w:p w14:paraId="552BD97A" w14:textId="77777777" w:rsidR="00CB4848" w:rsidRDefault="00CB4848"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9777" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4888"/>
         <w:gridCol w:w="4889"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidTr="00A31D7A">
+      <w:tr w:rsidR="008D3423" w:rsidRPr="00CB4848" w14:paraId="7960CE19" w14:textId="77777777" w:rsidTr="00A31D7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00390106" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
+          <w:p w14:paraId="0E42FA29" w14:textId="77777777" w:rsidR="00390106" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>o</w:t>
@@ -86,109 +85,98 @@
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00390106" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001F27DC" w:rsidRPr="001F27DC">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>"ЕВН България Електроснабдяване" EАД</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00673E21" w:rsidRPr="00CB4848" w:rsidRDefault="00673E21" w:rsidP="00636CCD">
+          <w:p w14:paraId="3A83AC65" w14:textId="77777777" w:rsidR="00673E21" w:rsidRPr="00CB4848" w:rsidRDefault="00673E21" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="00390106" w:rsidP="00636CCD">
+          <w:p w14:paraId="68796CB1" w14:textId="77777777" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="00390106" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>EVN</w:t>
             </w:r>
             <w:r w:rsidR="001309E4" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-              <w:t>Офис</w:t>
+              <w:t xml:space="preserve"> Офис</w:t>
             </w:r>
             <w:r w:rsidR="008D3423" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text42"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="008D3423" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="...................."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="008D3423" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
@@ -210,51 +198,51 @@
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008D3423" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:noProof/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>....................</w:t>
             </w:r>
             <w:r w:rsidR="008D3423" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
+          <w:p w14:paraId="154B9F84" w14:textId="77777777" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:spacing w:before="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve">Клиентски номер: </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text44"/>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="19"/>
@@ -300,53 +288,52 @@
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>............................</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00CB4848">
+          <w:p w14:paraId="11333CEF" w14:textId="77777777" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00CB4848">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Вх</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
@@ -506,51 +493,51 @@
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:noProof/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>.......................</w:t>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
-          <w:p w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
+          <w:p w14:paraId="75B55637" w14:textId="77777777" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1152"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                         </w:t>
             </w:r>
@@ -577,87 +564,87 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>записва се кодът на услугата/</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
+          <w:p w14:paraId="48B9816D" w14:textId="6F5A3096" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Такса</w:t>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text3"/>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB4848">
+            <w:r w:rsidR="00404DCD">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="bg-BG"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>лв.</w:t>
+              <w:t>€</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="......................."/>
                   </w:textInput>
@@ -790,51 +777,51 @@
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:noProof/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>.......................</w:t>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
-          <w:p w:rsidR="00CB4848" w:rsidRPr="00501419" w:rsidRDefault="008D3423" w:rsidP="00CB4848">
+          <w:p w14:paraId="0FA71FC5" w14:textId="77777777" w:rsidR="00CB4848" w:rsidRPr="00501419" w:rsidRDefault="008D3423" w:rsidP="00CB4848">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Срок на изпълнение</w:t>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text5"/>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
@@ -893,51 +880,51 @@
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>.......................</w:t>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidR="00CB4848" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00CB4848">
+          <w:p w14:paraId="197A94FF" w14:textId="77777777" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00CB4848">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Приел</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
@@ -985,121 +972,121 @@
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:noProof/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>.......................</w:t>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
+          <w:p w14:paraId="0EB2B89B" w14:textId="77777777" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/фамилия/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="00074E32" w:rsidP="00A31D7A">
+    <w:p w14:paraId="11CF9357" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="00074E32" w:rsidP="00A31D7A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00292AE7" w:rsidP="00187542">
+    <w:p w14:paraId="635426A0" w14:textId="77777777" w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00292AE7" w:rsidP="00187542">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">От </w:t>
       </w:r>
@@ -1297,51 +1284,51 @@
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00BD4F46" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00187542" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="000112E5" w:rsidP="00BD4F46">
+    <w:p w14:paraId="2E5AC6E8" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="000112E5" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
@@ -1381,51 +1368,51 @@
         <w:t xml:space="preserve">име, презиме, фамилия / </w:t>
       </w:r>
       <w:r w:rsidR="00292AE7" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>фирма</w:t>
       </w:r>
       <w:r w:rsidR="009364C7" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00187542" w:rsidP="00187542">
+    <w:p w14:paraId="6B8D72A4" w14:textId="77777777" w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00187542" w:rsidP="00187542">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">ИН по ЗДДС: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -1484,51 +1471,51 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>.................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
+    <w:p w14:paraId="2C73FEE8" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -1543,60 +1530,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="Kontrollkästchen1"/>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004970A5">
-[...8 lines deleted...]
-      <w:r w:rsidR="004970A5">
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00D34DEE" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -1634,60 +1621,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Kontrollkästchen2"/>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004970A5">
-[...8 lines deleted...]
-      <w:r w:rsidR="004970A5">
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -1981,51 +1968,51 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>..........</w:t>
       </w:r>
       <w:r w:rsidR="00BD4F46" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="000C54E6" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="000112E5" w:rsidP="00BD4F46">
+    <w:p w14:paraId="7906D189" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="000112E5" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     </w:t>
       </w:r>
       <w:r w:rsidR="0053263B" w:rsidRPr="00672F50">
         <w:rPr>
@@ -2062,51 +2049,51 @@
         <w:t>местоживеене /</w:t>
       </w:r>
       <w:r w:rsidR="00292AE7" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> седалище на фирмата</w:t>
       </w:r>
       <w:r w:rsidR="009364C7" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="001D3246" w:rsidP="00187542">
+    <w:p w14:paraId="15A16B02" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="001D3246" w:rsidP="00187542">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="4140"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -2727,51 +2714,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00187542" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>................................................</w:t>
       </w:r>
       <w:r w:rsidR="00187542" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082408D" w:rsidRPr="00A31D7A" w:rsidRDefault="0082408D" w:rsidP="00A31D7A">
+    <w:p w14:paraId="6C92F77A" w14:textId="77777777" w:rsidR="0082408D" w:rsidRPr="00A31D7A" w:rsidRDefault="0082408D" w:rsidP="00A31D7A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">При ЮЛ: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -2899,177 +2886,177 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>.................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082408D" w:rsidRPr="00672F50" w:rsidRDefault="0082408D" w:rsidP="00187542">
+    <w:p w14:paraId="5D2CF5A9" w14:textId="77777777" w:rsidR="0082408D" w:rsidRPr="00672F50" w:rsidRDefault="0082408D" w:rsidP="00187542">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                   /представляващ: </w:t>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>име, презиме, фамилия /</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00187542" w:rsidP="00187542">
+    <w:p w14:paraId="20D9356E" w14:textId="77777777" w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00187542" w:rsidP="00187542">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Адрес за кореспонденция: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00187542" w:rsidP="00187542">
+    <w:p w14:paraId="47E3790E" w14:textId="77777777" w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00187542" w:rsidP="00187542">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004970A5">
-[...8 lines deleted...]
-      <w:r w:rsidR="004970A5">
+      <w:r w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
@@ -3085,60 +3072,60 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004970A5">
-[...8 lines deleted...]
-      <w:r w:rsidR="004970A5">
+      <w:r w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
@@ -3395,51 +3382,51 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>..........</w:t>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00187542" w:rsidP="00187542">
+    <w:p w14:paraId="7CA7DB7C" w14:textId="77777777" w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00187542" w:rsidP="00187542">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="4140"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
@@ -3933,51 +3920,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="001D3246" w:rsidP="00187542">
+    <w:p w14:paraId="4E9C163D" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="001D3246" w:rsidP="00187542">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidR="00292AE7" w:rsidRPr="00A31D7A">
         <w:rPr>
@@ -4080,51 +4067,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F1432A" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F1432A" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:tab/>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00187542" w:rsidP="001F27DC">
+    <w:p w14:paraId="550DF51B" w14:textId="77777777" w:rsidR="00187542" w:rsidRPr="00A31D7A" w:rsidRDefault="00187542" w:rsidP="001F27DC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">При пълномощник: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -4273,51 +4260,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>.................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00187542" w:rsidRPr="00672F50" w:rsidRDefault="00187542" w:rsidP="00BD4F46">
+    <w:p w14:paraId="1380E993" w14:textId="77777777" w:rsidR="00187542" w:rsidRPr="00672F50" w:rsidRDefault="00187542" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -4349,87 +4336,87 @@
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>име, презиме, фамилия /</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
+    <w:p w14:paraId="538D5AEF" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Моля, да ми бъде извършена следната услуга:</w:t>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="Text22"/>
       <w:r w:rsidR="000112E5" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
+    <w:p w14:paraId="70E654F1" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -4470,51 +4457,51 @@
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>............................................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
+    <w:p w14:paraId="4F55A4C0" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text23"/>
             <w:enabled/>
@@ -4554,51 +4541,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>............................................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00434D25" w:rsidRPr="00A31D7A" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
+    <w:p w14:paraId="239E35B0" w14:textId="77777777" w:rsidR="00434D25" w:rsidRPr="00A31D7A" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -4641,51 +4628,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>............................................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00434D25" w:rsidRPr="00A31D7A" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
+    <w:p w14:paraId="077E75E9" w14:textId="77777777" w:rsidR="00434D25" w:rsidRPr="00A31D7A" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -4728,51 +4715,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>............................................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A31D7A" w:rsidRPr="00501419" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
+    <w:p w14:paraId="197E1E60" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRPr="00501419" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -4814,51 +4801,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>............................................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00434D25" w:rsidRPr="00501419" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
+    <w:p w14:paraId="165FFB3B" w14:textId="77777777" w:rsidR="00434D25" w:rsidRPr="00501419" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -4900,51 +4887,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>............................................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00434D25" w:rsidRPr="00501419" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
+    <w:p w14:paraId="7B35BC4E" w14:textId="77777777" w:rsidR="00434D25" w:rsidRPr="00501419" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -4986,51 +4973,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>............................................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A31D7A" w:rsidRPr="00501419" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
+    <w:p w14:paraId="5785ED2D" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRPr="00501419" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -5072,51 +5059,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>............................................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A31D7A" w:rsidRPr="00501419" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
+    <w:p w14:paraId="47E8C677" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRPr="00501419" w:rsidRDefault="00A31D7A" w:rsidP="00A31D7A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
@@ -5158,51 +5145,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>............................................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00292AE7" w:rsidP="00434D25">
+    <w:p w14:paraId="4812AB61" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00292AE7" w:rsidP="00434D25">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>на обект</w:t>
       </w:r>
@@ -5235,60 +5222,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="Check1"/>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004970A5">
-[...8 lines deleted...]
-      <w:r w:rsidR="004970A5">
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -5306,60 +5293,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="Check2"/>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004970A5">
-[...8 lines deleted...]
-      <w:r w:rsidR="004970A5">
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -5548,51 +5535,51 @@
         </w:rPr>
         <w:t>................................................</w:t>
       </w:r>
       <w:r w:rsidR="00BD4F46" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00BD4F46" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00BD4F46" w:rsidP="00230234">
+    <w:p w14:paraId="0F459483" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00BD4F46" w:rsidP="00230234">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="4140"/>
           <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
@@ -6270,51 +6257,51 @@
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00F1432A" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00230234" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="0053263B" w:rsidP="00BD4F46">
+    <w:p w14:paraId="7B5F2B1F" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="0053263B" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6330,51 +6317,51 @@
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00292AE7" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>посочва се точното местонахождение на обекта</w:t>
       </w:r>
       <w:r w:rsidR="009364C7" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00284022" w:rsidRPr="00A31D7A" w:rsidRDefault="00454AED" w:rsidP="00BD4F46">
+    <w:p w14:paraId="0D0633AF" w14:textId="77777777" w:rsidR="00284022" w:rsidRPr="00A31D7A" w:rsidRDefault="00454AED" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">ИТН </w:t>
       </w:r>
       <w:r w:rsidR="00BD4F46" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -6427,83 +6414,83 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>............................</w:t>
       </w:r>
       <w:r w:rsidR="00BD4F46" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">                                          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00454AED" w:rsidRPr="00672F50" w:rsidRDefault="00454AED" w:rsidP="00BD4F46">
+    <w:p w14:paraId="41F977F2" w14:textId="77777777" w:rsidR="00454AED" w:rsidRPr="00672F50" w:rsidRDefault="00454AED" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
+    <w:p w14:paraId="1A7B61AC" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Прилагам следните документи:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="00434D25">
+    <w:p w14:paraId="0A5EC666" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="00434D25">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -6547,51 +6534,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="00434D25">
+    <w:p w14:paraId="70EDF265" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="00434D25">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -6635,51 +6622,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD4F46" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="00434D25">
+    <w:p w14:paraId="7379077F" w14:textId="77777777" w:rsidR="00BD4F46" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="00434D25">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -6723,51 +6710,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD4F46" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="00434D25">
+    <w:p w14:paraId="05218841" w14:textId="77777777" w:rsidR="00BD4F46" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="00434D25">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -6811,51 +6798,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD4F46" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="00434D25">
+    <w:p w14:paraId="7274D57D" w14:textId="77777777" w:rsidR="00BD4F46" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="00434D25">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
@@ -6899,163 +6886,163 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
+    <w:p w14:paraId="072F1F3D" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="001F27DC" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
+    <w:p w14:paraId="35CE2055" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="001F27DC" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F27DC">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">ВНИМАНИЕ! </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00501419" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
+    <w:p w14:paraId="3FBB270F" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00501419" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>При установяване на несъответствия в при</w:t>
       </w:r>
       <w:r w:rsidR="0034084A" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>ложените документи от клиентите</w:t>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> срокът за изпълнение на услугата става невалиден.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A31D7A" w:rsidRPr="00211DC8" w:rsidRDefault="00A31D7A" w:rsidP="00BD4F46">
+    <w:p w14:paraId="09D63D8C" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRPr="00211DC8" w:rsidRDefault="00A31D7A" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
+    <w:p w14:paraId="7B03E831" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F27DC" w:rsidRPr="00501419" w:rsidRDefault="001F27DC" w:rsidP="00BD4F46">
+    <w:p w14:paraId="5FEF92D0" w14:textId="77777777" w:rsidR="001F27DC" w:rsidRPr="00501419" w:rsidRDefault="001F27DC" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
+    <w:p w14:paraId="04E02EE0" w14:textId="77777777" w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Дата</w:t>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="Text40"/>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
@@ -7283,99 +7270,99 @@
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Подпис:</w:t>
       </w:r>
       <w:r w:rsidR="00BD4F46" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0054407C" w:rsidRPr="00211DC8" w:rsidRDefault="00ED11FD" w:rsidP="00BD4F46">
+    <w:p w14:paraId="2772FDC6" w14:textId="77777777" w:rsidR="0054407C" w:rsidRPr="00211DC8" w:rsidRDefault="00ED11FD" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="Kontrollkästchen3"/>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004970A5">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="004970A5">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="00D34DEE" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -7406,59 +7393,59 @@
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="Kontrollkästchen4"/>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="004970A5">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="004970A5">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidR="00292AE7" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -7612,258 +7599,258 @@
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F93777" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidR="00292AE7" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ечат:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
+    <w:p w14:paraId="017E69D4" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
+    <w:p w14:paraId="69AE95C6" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
+    <w:p w14:paraId="69B4A9C4" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
+    <w:p w14:paraId="52E1AB87" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
+    <w:p w14:paraId="367E4664" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
+    <w:p w14:paraId="255F36D5" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="50C74E50" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="0914311A" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="66AC6458" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="7E92831E" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="55BD1F77" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="536D04F3" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>Информация относно обработване на лични данни:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="1863CDA0" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>Декларирам, че ми е предоставена и се запознах с информация относно обработването на лични данни от страна на дружеството в качеството му на администратор, както и за правата ми по Общия регламент за защита на данните. Във връзка с този документ се запознах със следната конкретна информация:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00211DC8" w:rsidRDefault="00211DC8" w:rsidP="008F6ABF">
+    <w:p w14:paraId="47D42374" w14:textId="77777777" w:rsidR="00211DC8" w:rsidRDefault="00211DC8" w:rsidP="008F6ABF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -7872,51 +7859,51 @@
         <w:t xml:space="preserve">Цел на обработване на личните данни: </w:t>
       </w:r>
       <w:r w:rsidR="008F6ABF" w:rsidRPr="008F6ABF">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>Администриране на заявление за услуга</w:t>
       </w:r>
       <w:r w:rsidR="001C7516">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00211DC8" w:rsidRDefault="00211DC8" w:rsidP="008F6ABF">
+    <w:p w14:paraId="3060F90D" w14:textId="77777777" w:rsidR="00211DC8" w:rsidRDefault="00211DC8" w:rsidP="008F6ABF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -7925,51 +7912,51 @@
         <w:t xml:space="preserve">Правно основание за обработването: </w:t>
       </w:r>
       <w:r w:rsidR="008F6ABF" w:rsidRPr="008F6ABF">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>Изпълнение на договор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00211DC8" w:rsidRDefault="00211DC8" w:rsidP="008F6ABF">
+    <w:p w14:paraId="133F2E62" w14:textId="77777777" w:rsidR="00211DC8" w:rsidRDefault="00211DC8" w:rsidP="008F6ABF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -7978,113 +7965,113 @@
         <w:t xml:space="preserve">Срок за съхранение на личните данни: </w:t>
       </w:r>
       <w:r w:rsidR="008F6ABF" w:rsidRPr="008F6ABF">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>10 години след прекратяване на договора</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="79E32417" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="008F6ABF" w:rsidP="004878A6">
+    <w:p w14:paraId="19EC72EE" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="008F6ABF" w:rsidP="004878A6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F6ABF">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t>Без предоставянето на горепосочените лични данни от Ваша страна, ние няма да можем с необходимото ниво на сигурност да Ви идентифицираме и съответно да предоставим исканата от Вас услуга</w:t>
       </w:r>
       <w:r w:rsidR="004878A6" w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="1F01CF95" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="238546AC" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Име и подпис: </w:t>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -8103,270 +8090,268 @@
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="_GoBack"/>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>____________________________________</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">     Дата: </w:t>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text157"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="___________________"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="Text157"/>
+      <w:bookmarkStart w:id="28" w:name="Text157"/>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="4AF4E929" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="30A197F9" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="424FE946" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Давам съгласието си дружеството да обработва предоставените от мен лични данни с цел предлагане на стоки и услуги по пощата, по телефон или по друг директен начин, както и допитване с цел проучване относно предлаганите стоки и услуги.</w:t>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="0EB4F6A7" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Запознат съм, че мога да оттегля съгласието си по всяко време чрез заявление в ЕВН Офис или на имейл:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004970A5" w:rsidP="004878A6">
+    <w:p w14:paraId="4F671E70" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="00211DC8" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="004878A6" w:rsidRPr="004878A6">
+        <w:r w:rsidRPr="004878A6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>info@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="42078A40" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="364F91BE" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Информиран съм, че оттеглянето на съгласието не засяга законосъобразността на обработването, основано на дадено съгласие преди неговото оттегляне.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="2596ED5B" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
+    <w:p w14:paraId="2A1C92E7" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="004878A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Име и подпис: </w:t>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -8476,180 +8461,179 @@
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>___________________</w:t>
       </w:r>
       <w:r w:rsidRPr="004878A6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
+    <w:p w14:paraId="253C6F67" w14:textId="77777777" w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidRDefault="004878A6" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004878A6" w:rsidRPr="004878A6" w:rsidSect="00A31D7A">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="283" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
+    <w:p w14:paraId="6FA88587" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
+    <w:p w14:paraId="30F13229" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger Next for EVN Light">
     <w:altName w:val="Segoe UI Semilight"/>
     <w:panose1 w:val="020B0303040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="001F27DC" w:rsidRPr="001F27DC" w:rsidRDefault="001F27DC" w:rsidP="00CB4848">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3B96C7A9" w14:textId="77777777" w:rsidR="001F27DC" w:rsidRPr="001F27DC" w:rsidRDefault="001F27DC" w:rsidP="00CB4848">
     <w:pPr>
       <w:rPr>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="de-DE" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00536AE8" w:rsidRPr="00536AE8" w:rsidRDefault="00536AE8" w:rsidP="00536AE8">
+  <w:p w14:paraId="22766CC6" w14:textId="77777777" w:rsidR="00536AE8" w:rsidRPr="00536AE8" w:rsidRDefault="00536AE8" w:rsidP="00536AE8">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2268"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00536AE8">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
@@ -8745,51 +8729,51 @@
         <w:lang w:val="de-DE" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>evn</w:t>
     </w:r>
     <w:r w:rsidRPr="00536AE8">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidRPr="00536AE8">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="de-DE" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00CB4848" w:rsidRPr="00536AE8" w:rsidRDefault="00536AE8" w:rsidP="00536AE8">
+  <w:p w14:paraId="34379B42" w14:textId="77777777" w:rsidR="00CB4848" w:rsidRPr="00536AE8" w:rsidRDefault="00536AE8" w:rsidP="00536AE8">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00536AE8">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
@@ -8903,244 +8887,242 @@
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidRPr="00536AE8">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
     <w:r w:rsidR="00CB4848">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AA7FFCC" wp14:editId="4A0D3204">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02DAB9F1" wp14:editId="1C1C0162">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-626745</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9906000</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="334800" cy="698400"/>
               <wp:effectExtent l="0" t="0" r="0" b="6985"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="334800" cy="698400"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00CB4848" w:rsidRPr="004878A6" w:rsidRDefault="00CB4848" w:rsidP="008E2018">
+                        <w:p w14:paraId="796DD43B" w14:textId="7BEE529B" w:rsidR="00CB4848" w:rsidRPr="002152C6" w:rsidRDefault="0014152F" w:rsidP="008E2018">
                           <w:pPr>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="003951D9">
+                          <w:r>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
-                            <w:t>HM418</w:t>
+                            <w:t>N</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="003951D9">
+                          <w:r w:rsidR="00CB4848" w:rsidRPr="003951D9">
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                            <w:t>M418</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00CB4848" w:rsidRPr="003951D9">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                             <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="003951D9">
+                          <w:r w:rsidR="002152C6">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>0</w:t>
-[...7 lines deleted...]
-                            <w:t>618</w:t>
+                            <w:t>0126</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="6AA7FFCC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="02DAB9F1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-49.35pt;margin-top:780pt;width:26.35pt;height:55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7B5Hk8QEAAMgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthxszY14hRdiw4D&#10;ugvQ7gMYWY6F2aJGKbHz96PkNM22t2EvgkTSh4eHx6ubse/EXpM3aCs5n+VSaKuwNnZbye/PD++W&#10;UvgAtoYOra7kQXt5s377ZjW4UhfYYldrEgxifTm4SrYhuDLLvGp1D36GTltONkg9BH7SNqsJBkbv&#10;u6zI88tsQKododLec/R+Ssp1wm8arcLXpvE6iK6SzC2kk9K5iWe2XkG5JXCtUUca8A8sejCWm56g&#10;7iGA2JH5C6o3itBjE2YK+wybxiidZuBp5vkf0zy14HSahcXx7iST/3+w6sv+GwlTV7KQwkLPK3rW&#10;YxAfcBRFVGdwvuSiJ8dlYeQwbzlN6t0jqh9eWLxrwW71LREOrYaa2c3jl9nZpxOOjyCb4TPW3AZ2&#10;ARPQ2FAfpWMxBKPzlg6nzUQqioMXF4tlzhnFqcvr5YLvsQOULx878uGjxl7ESyWJF5/AYf/ow1T6&#10;UhJ7WXwwXcdxKDv7W4AxYySRj3wn5mHcjFwdJ9pgfeAxCCcvsff5Es/iigkObKVK+p87IC1F98my&#10;GtfzxSJ6Lz0W768KftB5ZnOeAataZIcGKabrXZj8unNkti03m/S3eMsKNiZN90rsSJ3tkvQ5Wjv6&#10;8fydql5/wPUvAAAA//8DAFBLAwQUAAYACAAAACEA5Vo19+AAAAANAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbExPy07DMBC8I/EP1iJxS21eaQlxKgSiEhfUBjhwc+IliYjXIXab9O9ZTnDbeWh2Jl/PrhcH&#10;HEPnScPFQoFAqr3tqNHw9vqUrECEaMia3hNqOGKAdXF6kpvM+ol2eChjIziEQmY0tDEOmZShbtGZ&#10;sPADEmuffnQmMhwbaUczcbjr5aVSqXSmI/7QmgEfWqy/yr3T8F69HPvdcPWhuul5O2++t+XjptH6&#10;/Gy+vwMRcY5/Zvitz9Wh4E6V35MNoteQ3K6WbGXhJlW8ii3JdcpHxVS6ZEoWufy/ovgBAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA+weR5PEBAADIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5Vo19+AAAAANAQAADwAAAAAAAAAAAAAAAABLBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-49.35pt;margin-top:780pt;width:26.35pt;height:55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHxP+g3gEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/06Rd2Lqo6TQ2DSGN&#10;gTT4AMexE4vE11y7Tfr3XDtdV+AN8WLZvs6555x7srmZhp7tFXoDtuLLRc6ZshIaY9uKf//28G7N&#10;mQ/CNqIHqyp+UJ7fbN++2YyuVCvooG8UMgKxvhxdxbsQXJllXnZqEH4BTlkqasBBBDpimzUoRkIf&#10;+myV55fZCNg4BKm8p9v7uci3CV9rJcMXrb0KrK84cQtpxbTWcc22G1G2KFxn5JGG+AcWgzCWmp6g&#10;7kUQbIfmL6jBSAQPOiwkDBlobaRKGkjNMv9DzXMnnEpayBzvTjb5/wcrn/bP7iuyMH2AiQaYRHj3&#10;CPKHZxbuOmFbdYsIY6dEQ42X0bJsdL48fhqt9qWPIPX4GRoastgFSECTxiG6QjoZodMADifT1RSY&#10;pMuLi2KdU0VS6fJ6XdA+dhDly8cOffioYGBxU3GkmSZwsX/0YX768iT2svBg+j7Ntbe/XRBmvEnk&#10;I9+ZeZjqiV5HETU0B5KBMMeEYk2buK6uiOBIKam4/7kTqDjrP1ly43pZFDFW6VC8v1rRAc8r9XlF&#10;WNkBhS9wNm/vwhzFnUPTdtRs9t/CLTmoTVL3SuxInZKQ/DmmNkbt/Jxevf5b218AAAD//wMAUEsD&#10;BBQABgAIAAAAIQDlWjX34AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LTsMwELwj8Q/WInFL&#10;bV5pCXEqBKISF9QGOHBz4iWJiNchdpv071lOcNt5aHYmX8+uFwccQ+dJw8VCgUCqve2o0fD2+pSs&#10;QIRoyJreE2o4YoB1cXqSm8z6iXZ4KGMjOIRCZjS0MQ6ZlKFu0Zmw8AMSa59+dCYyHBtpRzNxuOvl&#10;pVKpdKYj/tCaAR9arL/KvdPwXr0c+91w9aG66Xk7b7635eOm0fr8bL6/AxFxjn9m+K3P1aHgTpXf&#10;kw2i15DcrpZsZeEmVbyKLcl1ykfFVLpkSha5/L+i+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCHxP+g3gEAAKMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDlWjX34AAAAA0BAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="00CB4848" w:rsidRPr="004878A6" w:rsidRDefault="00CB4848" w:rsidP="008E2018">
+                  <w:p w14:paraId="796DD43B" w14:textId="7BEE529B" w:rsidR="00CB4848" w:rsidRPr="002152C6" w:rsidRDefault="0014152F" w:rsidP="008E2018">
                     <w:pPr>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="003951D9">
+                    <w:r>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
-                      <w:t>HM418</w:t>
+                      <w:t>N</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="003951D9">
+                    <w:r w:rsidR="00CB4848" w:rsidRPr="003951D9">
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="14"/>
+                      </w:rPr>
+                      <w:t>M418</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00CB4848" w:rsidRPr="003951D9">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="003951D9">
+                    <w:r w:rsidR="002152C6">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>0</w:t>
-[...7 lines deleted...]
-                      <w:t>618</w:t>
+                      <w:t>0126</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
+    <w:p w14:paraId="1A8A80D6" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
+    <w:p w14:paraId="389892B6" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="008F7D84" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="0046392E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F302FEE" w14:textId="77777777" w:rsidR="008F7D84" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="0046392E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40202449" wp14:editId="2C1CDF1C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CCBE43A" wp14:editId="74FF57DD">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>6012815</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>345440</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1058400" cy="370800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -9163,51 +9145,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15447D52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA3CB470"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9503,153 +9485,157 @@
     <w:lvl w:ilvl="7" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1844663183">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1906598236">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="771316785">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1218853529">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1396705445">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1uhDd0QdSi58StKHG7c79NHM0+Vn+CemB/+L+F3xPIhs9LTy8EBaPYeFufh4FPofSVcYozILBpUQ5uExh/pmpQ==" w:salt="tBXHNA9FDzoCTCkBomCRQQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="cG4iT/y1HpjmE7T4pxxgwOAjn6NClXtcx5kH1Fy4hAX43h5oSBLwoZoe0aTaYnAbbEecYQLGoyrdllAQHA83Xw==" w:salt="ISflM5psBbwEKbhFpx91Hw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17409"/>
+    <o:shapedefaults v:ext="edit" spidmax="21505"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00434D25"/>
     <w:rsid w:val="000112E5"/>
     <w:rsid w:val="000268FB"/>
     <w:rsid w:val="00030F1B"/>
     <w:rsid w:val="00033258"/>
     <w:rsid w:val="00037E3A"/>
     <w:rsid w:val="00046601"/>
     <w:rsid w:val="000621B5"/>
     <w:rsid w:val="00062236"/>
     <w:rsid w:val="00065042"/>
     <w:rsid w:val="00074E32"/>
     <w:rsid w:val="00076DD3"/>
     <w:rsid w:val="00084A03"/>
     <w:rsid w:val="000C54E6"/>
     <w:rsid w:val="000E30BD"/>
     <w:rsid w:val="001309E4"/>
     <w:rsid w:val="00132B15"/>
+    <w:rsid w:val="0014152F"/>
     <w:rsid w:val="00143193"/>
     <w:rsid w:val="00155F38"/>
     <w:rsid w:val="0016003A"/>
     <w:rsid w:val="00163058"/>
     <w:rsid w:val="00163192"/>
     <w:rsid w:val="00166A91"/>
     <w:rsid w:val="0017523F"/>
     <w:rsid w:val="00187542"/>
     <w:rsid w:val="001C7516"/>
     <w:rsid w:val="001D3246"/>
     <w:rsid w:val="001D5DED"/>
     <w:rsid w:val="001E541E"/>
     <w:rsid w:val="001F27DC"/>
     <w:rsid w:val="001F6F16"/>
     <w:rsid w:val="002030A6"/>
     <w:rsid w:val="002050B0"/>
     <w:rsid w:val="00211DC8"/>
+    <w:rsid w:val="002152C6"/>
     <w:rsid w:val="00216E49"/>
     <w:rsid w:val="00230234"/>
     <w:rsid w:val="002448EA"/>
     <w:rsid w:val="00277C5C"/>
     <w:rsid w:val="00284022"/>
     <w:rsid w:val="00292AE7"/>
     <w:rsid w:val="002A6274"/>
     <w:rsid w:val="002C2F1B"/>
     <w:rsid w:val="002E5243"/>
     <w:rsid w:val="002F7570"/>
     <w:rsid w:val="00303AA3"/>
     <w:rsid w:val="0031013D"/>
     <w:rsid w:val="00314F55"/>
     <w:rsid w:val="0032019C"/>
     <w:rsid w:val="0034084A"/>
     <w:rsid w:val="00350730"/>
     <w:rsid w:val="00350C59"/>
     <w:rsid w:val="00351EC9"/>
     <w:rsid w:val="00390106"/>
     <w:rsid w:val="003951D9"/>
     <w:rsid w:val="003F3E55"/>
     <w:rsid w:val="003F768C"/>
+    <w:rsid w:val="00404DCD"/>
     <w:rsid w:val="004102F8"/>
     <w:rsid w:val="00425A34"/>
     <w:rsid w:val="00434D25"/>
     <w:rsid w:val="00436EAC"/>
     <w:rsid w:val="004501BC"/>
     <w:rsid w:val="00454AED"/>
     <w:rsid w:val="00456F19"/>
     <w:rsid w:val="0046392E"/>
     <w:rsid w:val="0048382E"/>
     <w:rsid w:val="00485728"/>
     <w:rsid w:val="004878A6"/>
     <w:rsid w:val="004970A5"/>
     <w:rsid w:val="004B307A"/>
     <w:rsid w:val="00501419"/>
     <w:rsid w:val="00530D59"/>
     <w:rsid w:val="005319ED"/>
     <w:rsid w:val="0053263B"/>
     <w:rsid w:val="00536AE8"/>
     <w:rsid w:val="0054407C"/>
     <w:rsid w:val="00550F73"/>
     <w:rsid w:val="00575809"/>
     <w:rsid w:val="00587685"/>
     <w:rsid w:val="005B03E1"/>
     <w:rsid w:val="005B059C"/>
     <w:rsid w:val="005D1294"/>
@@ -9673,59 +9659,61 @@
     <w:rsid w:val="007A4C2D"/>
     <w:rsid w:val="007B2EEC"/>
     <w:rsid w:val="007F0FFD"/>
     <w:rsid w:val="00800CF4"/>
     <w:rsid w:val="00807F9C"/>
     <w:rsid w:val="008114FC"/>
     <w:rsid w:val="00822D48"/>
     <w:rsid w:val="0082408D"/>
     <w:rsid w:val="00826FB7"/>
     <w:rsid w:val="00844F40"/>
     <w:rsid w:val="00893A59"/>
     <w:rsid w:val="008B78E7"/>
     <w:rsid w:val="008D3423"/>
     <w:rsid w:val="008E2018"/>
     <w:rsid w:val="008F01A8"/>
     <w:rsid w:val="008F6ABF"/>
     <w:rsid w:val="008F7D84"/>
     <w:rsid w:val="00905092"/>
     <w:rsid w:val="00917C8E"/>
     <w:rsid w:val="009251CA"/>
     <w:rsid w:val="009364C7"/>
     <w:rsid w:val="00937AE1"/>
     <w:rsid w:val="00946426"/>
     <w:rsid w:val="009851BC"/>
     <w:rsid w:val="0099374A"/>
+    <w:rsid w:val="009A26AC"/>
     <w:rsid w:val="009B3C8F"/>
     <w:rsid w:val="009B6B2D"/>
     <w:rsid w:val="009E67FC"/>
     <w:rsid w:val="00A0665F"/>
     <w:rsid w:val="00A31D7A"/>
     <w:rsid w:val="00B20CDF"/>
     <w:rsid w:val="00B41A64"/>
     <w:rsid w:val="00B57A02"/>
     <w:rsid w:val="00B93C42"/>
+    <w:rsid w:val="00B94094"/>
     <w:rsid w:val="00B9654D"/>
     <w:rsid w:val="00BB1918"/>
     <w:rsid w:val="00BB5F9D"/>
     <w:rsid w:val="00BD4F46"/>
     <w:rsid w:val="00BE1FDF"/>
     <w:rsid w:val="00C105EB"/>
     <w:rsid w:val="00C36E38"/>
     <w:rsid w:val="00C801AC"/>
     <w:rsid w:val="00CB4848"/>
     <w:rsid w:val="00CB60B9"/>
     <w:rsid w:val="00CC3E76"/>
     <w:rsid w:val="00CC57CD"/>
     <w:rsid w:val="00CD1EA8"/>
     <w:rsid w:val="00CE596F"/>
     <w:rsid w:val="00D106C4"/>
     <w:rsid w:val="00D34DEE"/>
     <w:rsid w:val="00D35BFC"/>
     <w:rsid w:val="00D62BA2"/>
     <w:rsid w:val="00D96CE4"/>
     <w:rsid w:val="00DD083B"/>
     <w:rsid w:val="00DF0E2A"/>
     <w:rsid w:val="00E134A7"/>
     <w:rsid w:val="00E536B3"/>
     <w:rsid w:val="00E836A7"/>
     <w:rsid w:val="00EA37BA"/>
@@ -9741,73 +9729,74 @@
     <w:rsid w:val="00F93777"/>
     <w:rsid w:val="00F97696"/>
     <w:rsid w:val="00FB705E"/>
     <w:rsid w:val="00FC3058"/>
     <w:rsid w:val="00FD06EB"/>
     <w:rsid w:val="00FE0101"/>
     <w:rsid w:val="00FF7878"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17409"/>
+    <o:shapedefaults v:ext="edit" spidmax="21505"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1FC97B52"/>
   <w15:docId w15:val="{352B939C-BF29-419D-BB43-B678C6464CD4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10128,50 +10117,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00292AE7"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -10265,51 +10259,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="008F01A8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="009E67FC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1930119174">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@evn.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
@@ -10584,66 +10578,66 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>1142</Words>
-  <Characters>6516</Characters>
+  <Characters>6513</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Вх №</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>erkpz</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7643</CharactersWithSpaces>
+  <CharactersWithSpaces>7640</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Вх №</dc:title>
   <dc:creator>Veselin Kolev</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>