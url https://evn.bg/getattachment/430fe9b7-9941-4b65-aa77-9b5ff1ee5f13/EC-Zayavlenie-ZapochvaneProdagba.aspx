--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -1,462 +1,456 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B414DB" w:rsidRPr="00FB02E9" w:rsidRDefault="00B414DB" w:rsidP="00486CD5">
-[...8 lines deleted...]
-    <w:p w:rsidR="00EB0B17" w:rsidRPr="00C8384A" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="7585F805" w14:textId="77777777" w:rsidR="00BA74CD" w:rsidRDefault="00BA74CD" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C8384A">
+    </w:p>
+    <w:p w14:paraId="2F88CDAE" w14:textId="77777777" w:rsidR="00EB0B17" w:rsidRPr="00C8384A" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>Заявление – Декларация за започване на продажба на електрическа енергия</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00346BBB" w:rsidRPr="00C8384A">
+      </w:pPr>
+      <w:r w:rsidRPr="00C8384A">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB0B17" w:rsidRPr="00C8384A">
+        <w:t>Заявление – Декларация за започване на продажба на електрическа енергия</w:t>
+      </w:r>
+      <w:r w:rsidR="00346BBB" w:rsidRPr="00C8384A">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">от </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00C8384A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0B17" w:rsidRPr="00C8384A">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>„ЕВН</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00346BBB" w:rsidRPr="00C8384A">
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E475B69" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00EB0B17" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C8384A">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C8384A">
+        <w:t>„ЕВН</w:t>
+      </w:r>
+      <w:r w:rsidR="00346BBB" w:rsidRPr="00C8384A">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">България Електроснабдяване“ ЕАД в качеството си на </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00346BBB" w:rsidRPr="00C8384A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8384A">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
+        <w:t xml:space="preserve">България Електроснабдяване“ ЕАД в качеството си на </w:t>
+      </w:r>
+      <w:r w:rsidR="00346BBB" w:rsidRPr="00C8384A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
         <w:t>Краен снабдител</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="028AA4C3" w14:textId="77777777" w:rsidR="00C8384A" w:rsidRPr="00FB02E9" w:rsidRDefault="00C8384A" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C8384A" w:rsidRPr="00FB02E9" w:rsidRDefault="00C8384A" w:rsidP="00486CD5">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1BDF899C" w14:textId="77777777" w:rsidR="00846091" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>До „ЕВН България Електроснабдяване“ ЕАД , наричано също така в това заявление  „Дружеството“</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="69AEE510" w14:textId="77777777" w:rsidR="00C8384A" w:rsidRPr="00FB02E9" w:rsidRDefault="00C8384A" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB02E9">
+    </w:p>
+    <w:p w14:paraId="75967AEA" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>До „ЕВН България Електроснабдяване“ ЕАД , наричано също така в това заявление  „Дружеството“</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Долуподписаният</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C8384A" w:rsidRPr="00FB02E9" w:rsidRDefault="00C8384A" w:rsidP="00486CD5">
-[...25 lines deleted...]
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="28F656A0" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10002" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="2802"/>
         <w:gridCol w:w="861"/>
         <w:gridCol w:w="273"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="673"/>
         <w:gridCol w:w="2842"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidTr="005E70A2">
+      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w14:paraId="3233237B" w14:textId="77777777" w:rsidTr="005E70A2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="0D65F618" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Клиентски данни</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9290" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="1B9EB284" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Клиент: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="....................................................................................................................."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>.....................................................................................................................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidTr="005E70A2">
+      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w14:paraId="38921FC8" w14:textId="77777777" w:rsidTr="005E70A2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="6EE501FE" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="628A6515" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">ЕИК/ЕГН: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val=".................................."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text2"/>
+            <w:bookmarkStart w:id="0" w:name="Text2"/>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6488" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="7254C18D" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Номер по ЗДДС: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val=".................................."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -472,81 +466,81 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidTr="005E70A2">
+      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w14:paraId="5297AB2C" w14:textId="77777777" w:rsidTr="005E70A2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="58DA0250" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="3E979BEB" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Адресна регистрация / седалище </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="......................................................."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -570,51 +564,51 @@
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>.......................................................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3512" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="59454C94" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">П.К.: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val=".................................."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -630,81 +624,81 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidTr="005E70A2">
+      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w14:paraId="4E96A50D" w14:textId="77777777" w:rsidTr="005E70A2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="1F8E95EC" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="3C1A3788" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">бул./ул.: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="........................................................."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -724,51 +718,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>.........................................................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="54D12A1B" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">№: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="........................"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -792,51 +786,51 @@
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>........................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3512" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="77493582" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Ап. </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val=".................................."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -852,82 +846,82 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidTr="005E70A2">
+      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w14:paraId="733A3B93" w14:textId="77777777" w:rsidTr="005E70A2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="0446C210" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="298F873A" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Пощенска кутия: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="............................................"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -952,51 +946,51 @@
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>............................................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5354" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="02438461" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">КЛ. №: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val=".................................."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -1012,112 +1006,112 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>..................................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidTr="005E70A2">
+      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w14:paraId="25E6F8B5" w14:textId="77777777" w:rsidTr="005E70A2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10002" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="1C0C7B68" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidTr="005E70A2">
+      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w14:paraId="00CC96CC" w14:textId="77777777" w:rsidTr="005E70A2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="28E00CE0" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Представител/ Пълномощник</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9290" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="365AAE0A" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Чрез: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="....................................................................................................................."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -1131,170 +1125,170 @@
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>.....................................................................................................................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="4FD3861B" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>име, презиме, фамилия</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidTr="005E70A2">
+      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w14:paraId="31DD01D3" w14:textId="77777777" w:rsidTr="005E70A2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="43C1D38C" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9290" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="7DDD679E" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidTr="005E70A2">
+      <w:tr w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w14:paraId="44FA3763" w14:textId="77777777" w:rsidTr="005E70A2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="069BC503" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3663" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="20E1B0E6" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Пълномощно №: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="................/............. г."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -1318,51 +1312,51 @@
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>................/............. г.</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2788" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="0D4C32DC" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Нотариус №: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="........................."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -1386,51 +1380,51 @@
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>.........................</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2839" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+          <w:p w14:paraId="3F47EA74" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Валидно до </w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="...................... г."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -1447,139 +1441,505 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>...................... г.</w:t>
             </w:r>
             <w:r w:rsidRPr="00FB02E9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+    <w:p w14:paraId="4E2BA33C" w14:textId="77777777" w:rsidR="00C93B98" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="7B221F91" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Желая</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> да получавам електрическа енергия за обект: ИТН</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:t xml:space="preserve"> да получавам ел</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06D11">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
+        <w:t xml:space="preserve">ектрическа енергия за обект: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6721F7A8" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E16D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="808080"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>/При повече от една измервателна точка  се попълва – Списък на обекти./</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D26DD26" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="....................................................................................................................."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>.....................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76FEAA9B" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E16D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="808080"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>/наименование, вид на обекта и предназначението му/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E3F82B" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>находящ се на адрес: п.к.</w:t>
+      </w:r>
+      <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="........"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  гр./ с. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="..............................................."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>...............................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ул. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="..........................................."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>...........................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="........"/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB446D7" w14:textId="77777777" w:rsidR="00846091" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">УПИ/ парцел </w:t>
       </w:r>
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text158"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="………….."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Text158"/>
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>…………..</w:t>
       </w:r>
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text158"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="………….."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -1587,82 +1947,438 @@
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>…………..</w:t>
       </w:r>
       <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
+        <w:t xml:space="preserve">, кв. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text158"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="………….."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text158"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="………….."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, местност </w:t>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text158"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="………….."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text158"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="………….."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93B98" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> („обект“)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050E68F2" w14:textId="77777777" w:rsidR="00D06D11" w:rsidRPr="00FB02E9" w:rsidRDefault="00D06D11" w:rsidP="00D06D11">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D06D11">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ИТН </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text158"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="………….."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text158"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="………….."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="14DCC04B" w14:textId="77777777" w:rsidR="00D06D11" w:rsidRPr="00FB02E9" w:rsidRDefault="00D06D11" w:rsidP="00D06D11">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>/При повече от една измервателна точка  се попълва – Списък на обекти./</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
+    <w:p w14:paraId="73C9AF72" w14:textId="77777777" w:rsidR="00D06D11" w:rsidRPr="00FB02E9" w:rsidRDefault="00D06D11" w:rsidP="00D06D11">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="....................................................................................................................."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -1671,893 +2387,330 @@
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t>.....................................................................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">,   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="1B5C9D14" w14:textId="77777777" w:rsidR="00D06D11" w:rsidRPr="00FB02E9" w:rsidRDefault="00D06D11" w:rsidP="00D06D11">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>/наименование, вид на обекта и предназначението му/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00C93B98" w:rsidP="00486CD5">
-[...571 lines deleted...]
-    <w:p w:rsidR="00FB02E9" w:rsidRPr="00FB02E9" w:rsidRDefault="00FB02E9" w:rsidP="00486CD5">
+    <w:p w14:paraId="7078AF0D" w14:textId="77777777" w:rsidR="00FB02E9" w:rsidRPr="00FB02E9" w:rsidRDefault="00FB02E9" w:rsidP="00486CD5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="FrutigerNextforEVN-Light"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB0B17" w:rsidRPr="00FB02E9" w:rsidRDefault="00EB0B17" w:rsidP="00486CD5">
+    <w:p w14:paraId="60E08ADE" w14:textId="77777777" w:rsidR="00EB0B17" w:rsidRPr="00FB02E9" w:rsidRDefault="00EB0B17" w:rsidP="00486CD5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="FrutigerNextforEVN-Light"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="FrutigerNextforEVN-Light"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Адрес за кореспонденция:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB0B17" w:rsidRPr="00FB02E9" w:rsidRDefault="00FB02E9" w:rsidP="00486CD5">
+    <w:p w14:paraId="213C5E50" w14:textId="77777777" w:rsidR="00EB0B17" w:rsidRPr="00D06D11" w:rsidRDefault="00FB02E9" w:rsidP="00486CD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Check2"/>
+      <w:bookmarkStart w:id="1" w:name="Check2"/>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00EB0B17" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>по адрес/седалище на клиента;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB0B17" w:rsidRPr="00FB02E9" w:rsidRDefault="00FB02E9" w:rsidP="00486CD5">
+    <w:p w14:paraId="23FAD99D" w14:textId="77777777" w:rsidR="00EB0B17" w:rsidRPr="00FB02E9" w:rsidRDefault="00FB02E9" w:rsidP="00486CD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EB0B17" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>по адреса</w:t>
       </w:r>
+      <w:r w:rsidR="00EB0B17" w:rsidRPr="00D06D11">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00EB0B17" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на обекта</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA74CD" w:rsidRPr="00A83AE4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0B17" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB0B17" w:rsidRPr="00FB02E9">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00EB0B17" w:rsidRPr="00FB02E9" w:rsidRDefault="00FB02E9" w:rsidP="00486CD5">
+    <w:p w14:paraId="697B1880" w14:textId="77777777" w:rsidR="00EB0B17" w:rsidRPr="00D06D11" w:rsidRDefault="00FB02E9" w:rsidP="00486CD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EB0B17" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>друг адрес;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB0B17" w:rsidRPr="00FB02E9" w:rsidRDefault="00EB0B17" w:rsidP="00486CD5">
+    <w:p w14:paraId="3267D6BE" w14:textId="77777777" w:rsidR="00EB0B17" w:rsidRPr="00FB02E9" w:rsidRDefault="00EB0B17" w:rsidP="00486CD5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB0B17" w:rsidRPr="00FB02E9" w:rsidRDefault="00FB02E9" w:rsidP="00486CD5">
+    <w:p w14:paraId="54A6149C" w14:textId="77777777" w:rsidR="00EB0B17" w:rsidRPr="00FB02E9" w:rsidRDefault="00FB02E9" w:rsidP="00486CD5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA1E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">гр./с. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="..............................................."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
@@ -2829,432 +2982,739 @@
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00BA1E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00BA1E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t>........</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EB0B17" w:rsidRPr="00FB02E9">
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A91E84" w:rsidRDefault="00A91E84" w:rsidP="00486CD5">
+    <w:p w14:paraId="0271797F" w14:textId="77777777" w:rsidR="00BA74CD" w:rsidRDefault="00BA74CD" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+    <w:p w14:paraId="564EA1ED" w14:textId="77777777" w:rsidR="00BA74CD" w:rsidRPr="00FB02E9" w:rsidRDefault="004962B7" w:rsidP="00BA74CD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="FrutigerNextforEVN-Light"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB02E9">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="FrutigerNextforEVN-Light"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
+        <w:t>Данни за контакт</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA74CD" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FrutigerNextforEVN-Light" w:cs="FrutigerNextforEVN-Light"/>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A6E20F" w14:textId="77777777" w:rsidR="00D06D11" w:rsidRDefault="00BA74CD" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>тел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA1E46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="..............................................."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>...............................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>; факс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA1E46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="..............................................."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>...............................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3B2594" w14:textId="77777777" w:rsidR="00BA74CD" w:rsidRDefault="00BA74CD" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A1D6738" w14:textId="77777777" w:rsidR="00BA74CD" w:rsidRDefault="00BA74CD" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>моб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>. тел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA1E46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="..............................................."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>...............................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00DA1910">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>; имейл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA1E46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput>
+              <w:default w:val="..............................................."/>
+            </w:textInput>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>...............................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050DC1FD" w14:textId="77777777" w:rsidR="00BA74CD" w:rsidRDefault="00BA74CD" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BD7B6F0" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00BA74CD" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
         <w:t>ДЕКЛАРИРАМ, ЧЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="1D91FF97" w14:textId="6F99AAC0" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> П</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">редоставена ми е </w:t>
       </w:r>
       <w:r w:rsidR="00FB02E9" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>пред договорна</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> информация за сключване на договор при публично известни общи условия за продажба на електрическа енергия на „ЕВН България </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00FB02E9">
+        <w:t xml:space="preserve"> информация за сключване на договор при публично известни общи условия за продажба на електрическа енергия на „ЕВН България Електроснабдяване“</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1FA3" w:rsidRPr="00AD1FA3">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>Електроснабдяване“ЕАД</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">, с която се запознах.  </w:t>
+        <w:t xml:space="preserve">ЕАД, с която се запознах.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="0506F4A3" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2. Приемам действащите ОУ на договорите за продажба на ел. енергия на "ЕВН България Електроснабдяване" EАД, одобрени с решение на КЕВР, по процедура и ред, регламентирани в Закона за енергетиката.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="76E3CE34" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Предоставена ми е и съм запознат с информацията по чл. 38б </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>от Закона за енергетиката.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
-[...13 lines deleted...]
-        <w:t>4. Консумираната ел.енергия в посочения обект ще използвам</w:t>
+    <w:p w14:paraId="1C6A9B8D" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Консумираната </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>ел.енергия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в посочения обект ще използвам</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>за битови нужди</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="40DE3109" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:strike/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Приемам обекта със съществуващите в момента технически характеристики, а именно предоставена мощност и ниво на присъединяване. (При липса на информация може да бъде поискана такава от ЕР Юг)  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00683660" w:rsidRPr="00683660" w:rsidRDefault="005D3E4C" w:rsidP="00486CD5">
+    <w:p w14:paraId="270C04AE" w14:textId="77777777" w:rsidR="00683660" w:rsidRPr="00683660" w:rsidRDefault="005D3E4C" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB02E9">
-[...3 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+      <w:r w:rsidRPr="00D06D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>. Електрическата енергия, която ще използвам, желая да бъде измервана</w:t>
       </w:r>
       <w:r w:rsidR="00012603" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00012603" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00683660">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Моля изберете </w:t>
       </w:r>
       <w:r w:rsidR="00012603" w:rsidRPr="00683660">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>с „</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00021E77" w:rsidRPr="00683660">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Х“</w:t>
       </w:r>
-      <w:r w:rsidR="00021E77">
+      <w:r w:rsidR="00021E77" w:rsidRPr="00D06D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
-          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00021E77" w:rsidRPr="00683660">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00012603" w:rsidRPr="00683660">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> квадрата отпред</w:t>
       </w:r>
       <w:r w:rsidR="00012603" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00683660" w:rsidRPr="0098563D" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
+    <w:p w14:paraId="131C5BF5" w14:textId="77777777" w:rsidR="00683660" w:rsidRPr="0098563D" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00A91E84" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00A91E84" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidR="00A91E84" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00A91E84" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00A91E84" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00A91E84">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="0098563D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">на една тарифа   </w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="0098563D">
         <w:rPr>
@@ -3268,484 +3728,483 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A91E84" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00A91E84" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidR="00A91E84" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00A91E84" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00A91E84" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00A91E84">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00012603" w:rsidRPr="0098563D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">на две тарифи </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00012603" w:rsidP="00486CD5">
+    <w:p w14:paraId="42008A30" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00012603" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A91E84" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
-[...13 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="29C23884" w14:textId="77777777" w:rsidR="00A91E84" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
         <w:t>(При необходимост от смяна на електромера - се заявява платена услуга към мрежата след приемане на обекта)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00683660" w:rsidRPr="00C8384A" w:rsidRDefault="005D3E4C" w:rsidP="00486CD5">
-[...11 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+    <w:p w14:paraId="1AFEFB12" w14:textId="77777777" w:rsidR="00683660" w:rsidRPr="00C8384A" w:rsidRDefault="005D3E4C" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D06D11">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>. Вид на електрозахранването</w:t>
       </w:r>
       <w:r w:rsidR="00FC596D" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000238E3" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00A91E84" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>постоянно захранване</w:t>
       </w:r>
       <w:r w:rsidR="000238E3" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="005D3E4C" w:rsidP="00486CD5">
+    <w:p w14:paraId="42F29038" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="005D3E4C" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>. Всяка кореспонденция по отношение на обекта и предмета на продажбата на електрическата енергия желая да получавам</w:t>
       </w:r>
       <w:r w:rsidR="00012603" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00012603" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>/Моля</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FB02E9">
+      <w:r w:rsidRPr="00D06D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
-          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">изберете </w:t>
       </w:r>
       <w:r w:rsidR="00012603" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> с  „Х“ в квадрата отпред/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRDefault="00A91E84" w:rsidP="00486CD5">
+    <w:p w14:paraId="6E939466" w14:textId="77777777" w:rsidR="00846091" w:rsidRDefault="00A91E84" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="348"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">на посочения адрес за кореспонденция      </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>на посочения адрес на обекта или подобектите по опис</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A91E84" w:rsidRPr="00FB02E9" w:rsidRDefault="00A91E84" w:rsidP="00486CD5">
+    <w:p w14:paraId="2EB10803" w14:textId="77777777" w:rsidR="00A91E84" w:rsidRPr="00FB02E9" w:rsidRDefault="00A91E84" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="348"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="005D3E4C" w:rsidP="00486CD5">
+    <w:p w14:paraId="588D37C6" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="005D3E4C" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>. Начин на пла</w:t>
       </w:r>
       <w:r w:rsidR="000238E3" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>щане и получаване на информация з</w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">а битови клиенти </w:t>
       </w:r>
       <w:r w:rsidR="00012603" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>/Моля  изберете  с  „Х“ в квадрата отпред/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00E9474E" w:rsidP="00486CD5">
+    <w:p w14:paraId="3CA19B38" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00E9474E" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Плащане чрез</w:t>
       </w:r>
       <w:r w:rsidR="00012603" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
+    <w:p w14:paraId="1ECC8997" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:firstLine="706"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Директ</w:t>
       </w:r>
@@ -3758,82 +4217,82 @@
         <w:t>ен дебит: BIC</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E036EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text160"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="…………"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Text160"/>
+      <w:bookmarkStart w:id="2" w:name="Text160"/>
       <w:r w:rsidRPr="00E036EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E036EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00E036EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E036EC">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>…………</w:t>
       </w:r>
       <w:r w:rsidRPr="00E036EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000238E3" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, IBAN </w:t>
       </w:r>
       <w:r w:rsidRPr="00E036EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text160"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -3890,217 +4349,217 @@
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="000238E3" w:rsidRPr="00683660">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Прилага се з</w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00683660">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>аверено съгласие за директен дебит/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
+    <w:p w14:paraId="27C71BF5" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="346"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Други безкасови плащания на посочената във фактурата банкова сметка;  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
+    <w:p w14:paraId="1C883F07" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="346"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>В брой</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRDefault="00683660" w:rsidP="00486CD5">
+    <w:p w14:paraId="31E6ABC9" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRDefault="00683660" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="671" w:firstLine="35"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Други начини: </w:t>
       </w:r>
@@ -4128,114 +4587,114 @@
       <w:r w:rsidRPr="00E036EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00E036EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E036EC">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>…………</w:t>
       </w:r>
       <w:r w:rsidRPr="00E036EC">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00683660" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00C8384A">
+    <w:p w14:paraId="7959195B" w14:textId="77777777" w:rsidR="00683660" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00C8384A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00E9474E" w:rsidP="00486CD5">
+    <w:p w14:paraId="6A2EA201" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00E9474E" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Желая да получавам информация за стойността на консумираната от мен електрическа енергия (получава се ежемесечно) по един от следните начини:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
+    <w:p w14:paraId="1A09FA93" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>по и</w:t>
       </w:r>
@@ -4271,87 +4730,87 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t>................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
+    <w:p w14:paraId="0BDE96B2" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">чрез </w:t>
       </w:r>
@@ -4403,318 +4862,300 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t>................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
+    <w:p w14:paraId="7547F477" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00683660" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="349"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>чрез писмо на:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="002A70EF" w:rsidP="00486CD5">
+    <w:p w14:paraId="647A7635" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="002A70EF" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>посочения адрес за кореспонденция;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="002A70EF" w:rsidP="00486CD5">
+    <w:p w14:paraId="4915CE8F" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="002A70EF" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="349"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>посочения адрес на обекта или обектите по опис</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRDefault="002A70EF" w:rsidP="00486CD5">
+    <w:p w14:paraId="64A20EBA" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRDefault="002A70EF" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="349"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">друг адрес - </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>друг адрес - п.к.</w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B86C7A" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="........"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00B86C7A" w:rsidRPr="00FB02E9">
@@ -4899,113 +5340,113 @@
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B86C7A" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t>........</w:t>
       </w:r>
       <w:r w:rsidR="00B86C7A" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>,;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0098563D" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00C8384A">
+    <w:p w14:paraId="381BDA0D" w14:textId="77777777" w:rsidR="0098563D" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00C8384A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00E9474E" w:rsidP="00486CD5">
+    <w:p w14:paraId="1F88EE74" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="00E9474E" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Предупреждение за преустановяване на захранването поради просрочени задължения (получава се само в случай на предстоящо прекъсване)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
+    <w:p w14:paraId="6330A7CA" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B86C7A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>по и</w:t>
       </w:r>
@@ -5041,87 +5482,87 @@
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t>...........................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
+    <w:p w14:paraId="5CA1CD71" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">чрез </w:t>
       </w:r>
@@ -5183,858 +5624,892 @@
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t>...........................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9474E" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
+    <w:p w14:paraId="465358D1" w14:textId="77777777" w:rsidR="00E9474E" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E9474E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>не желая да получавам горепосочените съобщения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0098563D" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
+    <w:p w14:paraId="068331EE" w14:textId="77777777" w:rsidR="0098563D" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="721F2F6E" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="005D3E4C" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>. Декларирам, че считано към датата на подписване и подаване на тов</w:t>
       </w:r>
       <w:r w:rsidR="000238E3" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>а заявление, в обекта/ обектите</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
+    <w:p w14:paraId="316B831A" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>няма други (различни от мен) лица, които купуват електрическа енергия .</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
+    <w:p w14:paraId="049144E8" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="0098563D" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">има други (различни от мен) лица, които купуват електрическа енергия, с които съм в  договорни / или други (посочват се какви) </w:t>
       </w:r>
       <w:r w:rsidR="00486CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text161"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="…………………………………………………………………………………"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="Text161"/>
+      <w:bookmarkStart w:id="3" w:name="Text161"/>
       <w:r w:rsidR="00486CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00486CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00486CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00486CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:noProof/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00486CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00486CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>взаимоотношения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00486CD5" w:rsidRPr="00486CD5" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="540D1E32" w14:textId="77777777" w:rsidR="00486CD5" w:rsidRPr="00486CD5" w:rsidRDefault="00846091" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="005D3E4C" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>. Притежавам достъп до електроразпределителната м</w:t>
       </w:r>
       <w:r w:rsidR="00486CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>режа на „Електроразпределение Юг</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>“ ЕАД за обекта/ обектите по опис и категорията по осигуреност на електроснабдяването съгласно Наредба № 3 за устройството на електрическите уредби и електропроводни линии e трета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
+    <w:p w14:paraId="164C3A8F" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00846091" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:spacing w:val="0"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Забележка:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00486CD5" w:rsidP="00486CD5">
+    <w:p w14:paraId="056F43FD" w14:textId="77777777" w:rsidR="00846091" w:rsidRPr="00FB02E9" w:rsidRDefault="00486CD5" w:rsidP="00486CD5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Към</w:t>
       </w:r>
       <w:r w:rsidR="00846091" w:rsidRPr="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> момента на подаване на заявление за смяна на клиентски данни е възможно вече да е издадена фактура на името на предходния клиент. След надлежното й заплащане всички следващи фактури следва да се издават на Ваше име. Моля, обърнете се към EVN Офис в случай, че следващите фактури продължават да бъдат издавани на името на предходния клиент.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="009E6D8E" w:rsidP="00486CD5">
+    <w:p w14:paraId="188FF1B1" w14:textId="77777777" w:rsidR="00D06D11" w:rsidRDefault="00D06D11" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="009E6D8E" w:rsidP="00486CD5">
+    <w:p w14:paraId="6537D04A" w14:textId="77777777" w:rsidR="00D06D11" w:rsidRDefault="00D06D11" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB02E9">
+    </w:p>
+    <w:p w14:paraId="22FE6DCA" w14:textId="77777777" w:rsidR="0040689F" w:rsidRDefault="0040689F" w:rsidP="00486CD5">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="0"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AE813E8" w14:textId="77777777" w:rsidR="0040689F" w:rsidRPr="0040689F" w:rsidRDefault="0040689F" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="293EA18B" w14:textId="77777777" w:rsidR="009E6D8E" w:rsidRPr="00D06D11" w:rsidRDefault="009E6D8E" w:rsidP="00486CD5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Прилагам следните документи:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="00486CD5" w:rsidP="00486CD5">
+    <w:p w14:paraId="62C8123B" w14:textId="77777777" w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="00486CD5" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:firstLine="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D3E4C" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Копие на </w:t>
       </w:r>
       <w:r w:rsidR="009E6D8E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">документ за собственост </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="00486CD5" w:rsidP="00486CD5">
+    <w:p w14:paraId="30705F3D" w14:textId="77777777" w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="00486CD5" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E6D8E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Декларация за достъп до електроразпределителната мрежа на „Електроразпределение Юг“ ЕАД</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="00486CD5" w:rsidP="00486CD5">
+    <w:p w14:paraId="62028006" w14:textId="77777777" w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="00486CD5" w:rsidP="00486CD5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="A6A6A6"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E6D8E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Списък на подобектите – подава се в случай на повече от една измервателна точка;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="00486CD5" w:rsidP="00486CD5">
+    <w:p w14:paraId="14F6505B" w14:textId="77777777" w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="00486CD5" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E6D8E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Декларация във връзка със собствеността – в режим на съсобственост и/или наем:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6D8E" w:rsidRPr="004E16D9" w:rsidRDefault="00F24544" w:rsidP="00486CD5">
+    <w:p w14:paraId="4875754C" w14:textId="77777777" w:rsidR="009E6D8E" w:rsidRPr="004E16D9" w:rsidRDefault="00F24544" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009E6D8E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Споразумение за солидарна отговорност –</w:t>
       </w:r>
-      <w:r w:rsidR="00997542" w:rsidRPr="00FB02E9">
+      <w:r w:rsidR="00997542" w:rsidRPr="00D06D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E6D8E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>при ползвател</w:t>
       </w:r>
-      <w:r w:rsidR="00997542" w:rsidRPr="00FB02E9">
+      <w:r w:rsidR="00997542" w:rsidRPr="00D06D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00997542" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>наемател</w:t>
       </w:r>
       <w:r w:rsidR="009E6D8E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00997542" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
@@ -6068,134 +6543,144 @@
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
       <w:r w:rsidRPr="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:val="de-AT" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>K006</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D06D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
+        <w:t>006</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="808080"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6D8E" w:rsidRDefault="00F24544" w:rsidP="00486CD5">
+    <w:p w14:paraId="5D21ADF6" w14:textId="77777777" w:rsidR="009E6D8E" w:rsidRPr="00D06D11" w:rsidRDefault="00F24544" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:spacing w:val="0"/>
-          <w:lang w:val="de-AT" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E6D8E" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Декларации от наследниците (съсобствениците) </w:t>
       </w:r>
-      <w:r w:rsidR="009E6D8E" w:rsidRPr="00FB02E9">
+      <w:r w:rsidR="009E6D8E" w:rsidRPr="00D06D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
-          <w:lang w:val="de-AT" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="004E16D9" w:rsidRPr="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="005D3E4C" w:rsidRPr="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>формуляр</w:t>
       </w:r>
       <w:r w:rsidR="005D3E4C" w:rsidRPr="00FB02E9">
         <w:rPr>
@@ -6203,131 +6688,141 @@
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D3E4C" w:rsidRPr="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
       <w:r w:rsidR="009E6D8E" w:rsidRPr="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:val="de-AT" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>K006</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004E16D9">
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6D8E" w:rsidRPr="00D06D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
+        <w:t>006</w:t>
+      </w:r>
+      <w:r w:rsidR="004E16D9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="808080"/>
+          <w:spacing w:val="0"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="009E6D8E" w:rsidRPr="00FB02E9">
+      <w:r w:rsidR="009E6D8E" w:rsidRPr="00D06D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:spacing w:val="0"/>
-          <w:lang w:val="de-AT" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F24544" w:rsidRPr="004E16D9" w:rsidRDefault="00F24544" w:rsidP="00486CD5">
+    <w:p w14:paraId="701BAFE6" w14:textId="77777777" w:rsidR="00F24544" w:rsidRPr="004E16D9" w:rsidRDefault="00F24544" w:rsidP="00486CD5">
       <w:pPr>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="009E6D8E" w:rsidP="00486CD5">
+    <w:p w14:paraId="7137FC38" w14:textId="77777777" w:rsidR="009E6D8E" w:rsidRPr="00FB02E9" w:rsidRDefault="009E6D8E" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FB02E9">
+      <w:r w:rsidRPr="00D06D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00486CD5" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00486CD5" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="009F454A">
-[...4 lines deleted...]
-      <w:r w:rsidR="009F454A">
+      <w:r w:rsidR="00486CD5" w:rsidRPr="00FB02E9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00486CD5" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00486CD5" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00486CD5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Други </w:t>
@@ -6392,268 +6887,646 @@
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>например пълномощно</w:t>
       </w:r>
       <w:r w:rsidR="004E16D9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00486CD5">
+    <w:p w14:paraId="0BD3DF51" w14:textId="77777777" w:rsidR="007A57BE" w:rsidRPr="00D06D11" w:rsidRDefault="007A57BE" w:rsidP="00486CD5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="0"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00486CD5">
+    <w:p w14:paraId="5A2ADA5A" w14:textId="77777777" w:rsidR="007A57BE" w:rsidRPr="00D06D11" w:rsidRDefault="007A57BE" w:rsidP="00486CD5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="0"/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
+    <w:p w14:paraId="390783D1" w14:textId="77777777" w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Информация относно обработване на лични данни:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
+    <w:p w14:paraId="7058A996" w14:textId="77777777" w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Декларирам, че ми е предоставена и се запознах с информация относно обработването на лични данни от страна на дружеството в качеството му на администратор, както и за правата ми по Общия регламент за защита на данните. Във връзка с този документ се запознах със следната конкретна информация:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
+    <w:p w14:paraId="146ED655" w14:textId="77777777" w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Цел на обработване на личните данни: </w:t>
       </w:r>
       <w:r w:rsidR="00826781" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Започване на продажба на електрическа енергия;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
+    <w:p w14:paraId="7B2131A6" w14:textId="77777777" w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Правно основание за обработването: </w:t>
       </w:r>
       <w:r w:rsidR="00826781" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Изпълнение на договор</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="003E59B5" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
+    <w:p w14:paraId="437AA50A" w14:textId="106DBAF6" w:rsidR="007A57BE" w:rsidRPr="003E59B5" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Срок </w:t>
       </w:r>
       <w:r w:rsidR="003E59B5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>за съхранение на личните данни:10 години след последната дейност по клиентски номер;</w:t>
+        <w:t xml:space="preserve">за съхранение на личните данни:10 години </w:t>
+      </w:r>
+      <w:r w:rsidR="00E01282" w:rsidRPr="00E01282">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>след прекратяване на договора</w:t>
+      </w:r>
+      <w:r w:rsidR="003E59B5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
+    <w:p w14:paraId="531A54A9" w14:textId="77777777" w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="003E59B5" w:rsidP="00021E77">
+    <w:p w14:paraId="342EC40B" w14:textId="79745069" w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="003E59B5" w:rsidP="00021E77">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E59B5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Събирането на личните данни е изискване на този документ и </w:t>
       </w:r>
       <w:r w:rsidR="00021E77" w:rsidRPr="003E59B5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>не предоставянето</w:t>
       </w:r>
       <w:r w:rsidRPr="003E59B5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> им ще доведе до невъзможност за изпълнение от страна на дружеството.</w:t>
       </w:r>
       <w:r w:rsidR="007A57BE" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
+    <w:p w14:paraId="4E24D38A" w14:textId="77777777" w:rsidR="00A63E4D" w:rsidRPr="00FB02E9" w:rsidRDefault="00A63E4D" w:rsidP="00021E77">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A63E4D" w:rsidRPr="00FB02E9" w:rsidRDefault="00A63E4D" w:rsidP="00021E77">
+    <w:p w14:paraId="5F46BAD6" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0073687E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Директен маркетинг:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10129" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2790"/>
+        <w:gridCol w:w="7339"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0073687E" w:rsidRPr="0073687E" w14:paraId="21F2E165" w14:textId="77777777" w:rsidTr="0073687E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="377A7B69" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70DD328C" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70E92908" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Давам съгласието си</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BD801A1" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68C362B7" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AAEEF88" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Не давам съгласието си</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14280136" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC32F0F" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Дружеството да обработва предоставените от мен лични данни за целите на директен маркетинг, включително, но не само, предлагане на стоки и услуги, маркетинг и реклама по всякакви комуникационни канали (включително поща, телефон, електронна поща, SMS, мобилни приложения, социални медии или по друг директен начин), анализ на потребителското поведение и предпочитания, както и допитване и проучване относно предлаганите стоки и услуги, нови продукти и инициативи на дружеството.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23F1465E" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Информиран съм, че:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A25378C" w14:textId="223355C5" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="22"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">мога да оттегля съгласието си по всяко време чрез заявление в ЕВН Офис или на имейл: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="0073687E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>info@</w:t>
+              </w:r>
+              <w:r w:rsidRPr="0073687E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>evn</w:t>
+              </w:r>
+              <w:r w:rsidRPr="0073687E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="0073687E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>bg</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+            <w:r w:rsidRPr="0040689F">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00D0E6EE" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="22"/>
+              </w:numPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0073687E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>оттеглянето на съгласието не засяга законосъобразността на обработването, основано на дадено съгласие преди неговото оттегляне.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6937EFAE" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7DBDB64E" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0073687E" w:rsidRDefault="0073687E" w:rsidP="0073687E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0073687E">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>При липса на отбелязване се приема, че не е дадено съгласие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B992B5" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="0040689F" w:rsidRDefault="0073687E" w:rsidP="00021E77">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="666EC01D" w14:textId="77777777" w:rsidR="0073687E" w:rsidRPr="00FB02E9" w:rsidRDefault="0073687E" w:rsidP="00021E77">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CCB4F86" w14:textId="77777777" w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EB6B90C" w14:textId="77777777" w:rsidR="002F5049" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Име и подпис: ____________________________________     </w:t>
       </w:r>
       <w:r w:rsidR="00826781" w:rsidRPr="00FB02E9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Дата: </w:t>
       </w:r>
       <w:r w:rsidR="00F24544" w:rsidRPr="00BA1E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
@@ -6676,357 +7549,194 @@
       <w:r w:rsidR="00F24544" w:rsidRPr="00BA1E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00F24544" w:rsidRPr="00BA1E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00F24544" w:rsidRPr="00BA1E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:t>...................... г.</w:t>
       </w:r>
       <w:r w:rsidR="00F24544" w:rsidRPr="00BA1E46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A57BE" w:rsidRPr="00FB02E9" w:rsidRDefault="007A57BE" w:rsidP="00021E77">
-[...162 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="002F5049" w:rsidRPr="00FB02E9" w:rsidSect="00683660">
-      <w:headerReference w:type="default" r:id="rId8"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1253" w:right="707" w:bottom="567" w:left="1134" w:header="142" w:footer="284" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FC596D" w:rsidRDefault="00FC596D" w:rsidP="00A97898">
+    <w:p w14:paraId="0299140C" w14:textId="77777777" w:rsidR="001F6620" w:rsidRDefault="001F6620" w:rsidP="00A97898">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FC596D" w:rsidRDefault="00FC596D" w:rsidP="00A97898">
+    <w:p w14:paraId="127600F1" w14:textId="77777777" w:rsidR="001F6620" w:rsidRDefault="001F6620" w:rsidP="00A97898">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Frutiger Next for EVN Light">
+    <w:altName w:val="Corbel Light"/>
     <w:panose1 w:val="020B0303040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FrutigerNextforEVN-Light">
     <w:altName w:val="MS Gothic"/>
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0303040204020203"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000201" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020004" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000238E3" w:rsidRPr="00573BB5" w:rsidRDefault="005E70A2" w:rsidP="000238E3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1A0BE2D9" w14:textId="77777777" w:rsidR="000238E3" w:rsidRPr="00573BB5" w:rsidRDefault="005E70A2" w:rsidP="000238E3">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="decimal" w:pos="2835"/>
         <w:tab w:val="left" w:pos="4508"/>
         <w:tab w:val="left" w:pos="6804"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A6FFBE5" wp14:editId="751F462C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="469558BC" wp14:editId="6A79FFEF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-685800</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9627235</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="820420"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="381000" cy="820420"/>
                       </a:xfrm>
@@ -7037,146 +7747,148 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="005E70A2" w:rsidRPr="004368CD" w:rsidRDefault="005E70A2" w:rsidP="005E70A2">
+                        <w:p w14:paraId="655C5348" w14:textId="6AFA164F" w:rsidR="005E70A2" w:rsidRPr="004368CD" w:rsidRDefault="005E70A2" w:rsidP="005E70A2">
                           <w:pPr>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>KC</w:t>
                           </w:r>
                           <w:r w:rsidRPr="007A363E">
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="de-AT"/>
                             </w:rPr>
                             <w:t>423-</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00082695">
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
+                              <w:lang w:val="de-AT"/>
                             </w:rPr>
-                            <w:t>0321</w:t>
+                            <w:t>0226</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3A6FFBE5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="469558BC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-54pt;margin-top:758.05pt;width:30pt;height:64.6pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlCkcxtwIAALsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtunDAQfa/Uf7D8TrjEuwsobJQsS1Up&#10;vUhJP8ALZrEKNrW9C1GVf+/Y7C3pS9WWBwt7xmcu53hubseuRXumNJciw+FVgBETpay42Gb421Ph&#10;xRhpQ0VFWylYhp+ZxrfL9+9uhj5lkWxkWzGFAETodOgz3BjTp76vy4Z1VF/Jngkw1lJ11MBWbf1K&#10;0QHQu9aPgmDuD1JVvZIl0xpO88mIlw6/rllpvtS1Zga1GYbcjFuVWzd29Zc3NN0q2je8PKRB/yKL&#10;jnIBQU9QOTUU7RT/DarjpZJa1uaqlJ0v65qXzNUA1YTBm2oeG9ozVws0R/enNun/B1t+3n9ViFfA&#10;HUaCdkDRExsNupcjimx3hl6n4PTYg5sZ4dh62kp1/yDL7xoJuWqo2LI7peTQMFpBdqG96V9cnXC0&#10;BdkMn2QFYejOSAc01qqzgNAMBOjA0vOJGZtKCYfXcRgEYCnBFEcBiRxzPk2Pl3ulzQcmO2R/MqyA&#10;eAdO9w/a2GRoenSxsYQseNs68lvx6gAcpxMIDVetzSbhuPyZBMk6XsfEI9F87ZEgz727YkW8eREu&#10;Zvl1vlrl4YuNG5K04VXFhA1z1FVI/oy3g8InRZyUpWXLKwtnU9Jqu1m1Cu0p6Lpwn2s5WM5u/us0&#10;XBOgljclhREJ7qPEK+bxwiMFmXnJIoi9IEzuk3lAEpIXr0t64IL9e0loyHAyi2aTls5Jv6kNWLfE&#10;Twxe1EbTjhuYHC3vQBEnJ5paBa5F5ag1lLfT/0UrbPrnVgDdR6KdXq1EJ7GacTMCihXxRlbPoFwl&#10;QVkgQhh38GPXaAHbAaZHhvWPHVUMo/ajgAeQhISAybgNmS1Ar0hdWjaXFirKRsJQMhhNvyszjahd&#10;r/i2gWDTkxPyDh5NzZ2gz4kdnhpMCFfXYZrZEXS5d17nmbv8BQAA//8DAFBLAwQUAAYACAAAACEA&#10;f5ZeMOMAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3FI7tI2qEKdCICpx&#10;QW2AAzcnXpII/4TYbdK3Z3uC486MZr8ptrM17IRj6L2TkC4EMHSN171rJby/PScbYCEqp5XxDiWc&#10;McC2vL4qVK795A54qmLLqMSFXEnoYhxyzkPToVVh4Qd05H350apI59hyPaqJyq3hd0Jk3Kre0YdO&#10;DfjYYfNdHa2Ej/r1bA7D8lP008t+3v3sq6ddK+XtzfxwDyziHP/CcMEndCiJqfZHpwMzEpJUbGhM&#10;JGedZikwyiSri1STlK3WS+Blwf/PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5QpH&#10;MbcCAAC7BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;f5ZeMOMAAAAOAQAADwAAAAAAAAAAAAAAAAARBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAACEGAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-54pt;margin-top:758.05pt;width:30pt;height:64.6pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6OvNm3wEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01wobImarpZdLUJa&#10;LtLCBziOnVgkHjN2m/TvGTvdboE3xItle5wz55w52V7P48AOCr0BW/NilXOmrITW2K7m37/dv9pw&#10;5oOwrRjAqpoflefXu5cvtpOrVAk9DK1CRiDWV5OreR+Cq7LMy16Nwq/AKUtFDTiKQEfsshbFROjj&#10;kJV5/jabAFuHIJX3dHu3FPku4WutZPiitVeBDTUnbiGtmNYmrtluK6oOheuNPNEQ/8BiFMZS0zPU&#10;nQiC7dH8BTUaieBBh5WEMQOtjVRJA6kp8j/UPPbCqaSFzPHubJP/f7Dy8+HRfUUW5vcw0wCTCO8e&#10;QP7wzMJtL2ynbhBh6pVoqXERLcsm56vTp9FqX/kI0kyfoKUhi32ABDRrHKMrpJMROg3geDZdzYFJ&#10;uny9KfKcKpJKmzJfl2komaiePnbowwcFI4ubmiPNNIGLw4MPkYyonp7EXhbuzTCkuQ72twt6GG8S&#10;+ch3YR7mZqbXUUQD7ZFkICwxoVjTJq7lFRGcKCU19z/3AhVnw0dLbrwr1usYq3RYv7ki8gwvK81l&#10;RVjZA4UvcLZsb8MSxb1D0/XUbPHfwg05qE1S90zsRJ2SkESfUhujdnlOr57/rd0vAAAA//8DAFBL&#10;AwQUAAYACAAAACEAf5ZeMOMAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3FI7tI2qEKdCICpxQW2AAzcnXpII/4TYbdK3Z3uC486MZr8ptrM17IRj6L2TkC4EMHSN171rJby/&#10;PScbYCEqp5XxDiWcMcC2vL4qVK795A54qmLLqMSFXEnoYhxyzkPToVVh4Qd05H350apI59hyPaqJ&#10;yq3hd0Jk3Kre0YdODfjYYfNdHa2Ej/r1bA7D8lP008t+3v3sq6ddK+XtzfxwDyziHP/CcMEndCiJ&#10;qfZHpwMzEpJUbGhMJGedZikwyiSri1STlK3WS+Blwf/PKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAOjrzZt8BAACjAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAf5ZeMOMAAAAOAQAADwAAAAAAAAAAAAAAAAA5BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="005E70A2" w:rsidRPr="004368CD" w:rsidRDefault="005E70A2" w:rsidP="005E70A2">
+                  <w:p w14:paraId="655C5348" w14:textId="6AFA164F" w:rsidR="005E70A2" w:rsidRPr="004368CD" w:rsidRDefault="005E70A2" w:rsidP="005E70A2">
                     <w:pPr>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>KC</w:t>
                     </w:r>
                     <w:r w:rsidRPr="007A363E">
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="de-AT"/>
                       </w:rPr>
                       <w:t>423-</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00082695">
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
+                        <w:lang w:val="de-AT"/>
                       </w:rPr>
-                      <w:t>0321</w:t>
+                      <w:t>0226</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00A91E84" w:rsidRPr="006C670D" w:rsidRDefault="00A91E84" w:rsidP="00A91E84">
+  <w:p w14:paraId="550A584D" w14:textId="77777777" w:rsidR="00A91E84" w:rsidRPr="006C670D" w:rsidRDefault="00A91E84" w:rsidP="00A91E84">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2268"/>
         <w:tab w:val="left" w:pos="4536"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006C670D">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>ЕВН България</w:t>
     </w:r>
     <w:r w:rsidRPr="006C670D">
@@ -7260,51 +7972,51 @@
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>evn</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="006C670D">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="006C670D">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
   </w:p>
-  <w:p w:rsidR="00FC596D" w:rsidRPr="000238E3" w:rsidRDefault="00A91E84" w:rsidP="00A91E84">
+  <w:p w14:paraId="08EA6807" w14:textId="77777777" w:rsidR="00FC596D" w:rsidRPr="000238E3" w:rsidRDefault="00A91E84" w:rsidP="00A91E84">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2268"/>
         <w:tab w:val="decimal" w:pos="2835"/>
         <w:tab w:val="left" w:pos="4508"/>
         <w:tab w:val="left" w:pos="6804"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006C670D">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
@@ -7431,132 +8143,132 @@
     <w:r w:rsidRPr="00BE19BF">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="000238E3" w:rsidRPr="00573BB5">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="000238E3" w:rsidRPr="00573BB5">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00FC596D" w:rsidRPr="00C84BDB" w:rsidRDefault="00FC596D" w:rsidP="00C84BDB">
+  <w:p w14:paraId="23A59728" w14:textId="77777777" w:rsidR="00FC596D" w:rsidRPr="00C84BDB" w:rsidRDefault="00FC596D" w:rsidP="00C84BDB">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2268"/>
         <w:tab w:val="left" w:pos="4536"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FC596D" w:rsidRDefault="00FC596D" w:rsidP="00A97898">
+    <w:p w14:paraId="2164176C" w14:textId="77777777" w:rsidR="001F6620" w:rsidRDefault="001F6620" w:rsidP="00A97898">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FC596D" w:rsidRDefault="00FC596D" w:rsidP="00A97898">
+    <w:p w14:paraId="05C009E7" w14:textId="77777777" w:rsidR="001F6620" w:rsidRDefault="001F6620" w:rsidP="00A97898">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00FC596D" w:rsidRDefault="00FC596D" w:rsidP="00640A81">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6FE08C6E" w14:textId="77777777" w:rsidR="00FC596D" w:rsidRDefault="00FC596D" w:rsidP="00640A81">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00FC596D" w:rsidRPr="008B6C4F" w:rsidRDefault="00FC596D" w:rsidP="00640A81">
+  <w:p w14:paraId="1478479B" w14:textId="77777777" w:rsidR="00FC596D" w:rsidRPr="008B6C4F" w:rsidRDefault="00FC596D" w:rsidP="00640A81">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00FC596D" w:rsidRDefault="00EC5CB1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="27FB1DC2" w14:textId="77777777" w:rsidR="00FC596D" w:rsidRDefault="00EC5CB1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F2B106E" wp14:editId="322235D6">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D0314A8" wp14:editId="0A3C4E52">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>6240780</wp:posOffset>
+            <wp:posOffset>6126480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>381000</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1058545" cy="370840"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 3"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -7576,51 +8288,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07156697"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:styleLink w:val="EVNList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="255"/>
         </w:tabs>
         <w:ind w:left="255" w:hanging="255"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:hint="default"/>
         <w:sz w:val="19"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
@@ -8073,50 +8785,162 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C07001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="174721FA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DF4240E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C6C8794"/>
+    <w:lvl w:ilvl="0" w:tplc="E348BCCA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Times New Roman" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F9A59B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="40F44844"/>
     <w:lvl w:ilvl="0" w:tplc="A87402AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8186,51 +9010,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37CD616D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C070025"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -8281,51 +9105,51 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39F113EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84DA2E5A"/>
     <w:lvl w:ilvl="0" w:tplc="B9322686">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8394,57 +9218,57 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EBE42CD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FC41107"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BD863076"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="255" w:hanging="255"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:hint="default"/>
         <w:sz w:val="19"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="510" w:hanging="255"/>
       </w:pPr>
       <w:rPr>
@@ -8515,57 +9339,57 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2040" w:hanging="255"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2295" w:hanging="255"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="401E704C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="407F7950"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F1226A42"/>
     <w:lvl w:ilvl="0" w:tplc="52F639AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="EVNBulletPoints2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:hint="default"/>
         <w:color w:val="8C8C8C"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8636,51 +9460,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EFD72E8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0809001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3)"/>
@@ -8722,57 +9546,57 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59031692"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C707045"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C624CA80"/>
     <w:lvl w:ilvl="0" w:tplc="CCC07AB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="EVNBulletPoints3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:hint="default"/>
         <w:color w:val="E0001B"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8843,51 +9667,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63B9036E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A00310C"/>
     <w:lvl w:ilvl="0" w:tplc="E9D2B552">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -8958,63 +9782,63 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68AC6B12"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D8133F7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7591034A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB7AF580"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9083,475 +9907,505 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="200216590">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="153179944">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="491945783">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1098020625">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1812289383">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1021203704">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1163622303">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="695424728">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1548371360">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="837426305">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="180096199">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="9336874">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2008512842">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1617516165">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="741028132">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1784761560">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="219827475">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1491604072">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="19" w16cid:durableId="1459226196">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="20" w16cid:durableId="703138690">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
-[...8 lines deleted...]
-  <w:num w:numId="7">
+  <w:num w:numId="21" w16cid:durableId="934096501">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="8">
-[...29 lines deleted...]
-  <w:num w:numId="18">
+  <w:num w:numId="22" w16cid:durableId="1054433036">
     <w:abstractNumId w:val="6"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Qrg1xJmu2D4rxvZRopP05ivywR2aTld2xK8UTRmbXzd01GAu5QU8G9fRV4wA0JOYBQVKqXdPzKlFQmT/xUqkNA==" w:salt="WSwmbnQcn1DGSl3Wgr+W1w=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="lxWcuDJ+/Mckw76j3s38wG+6JIV/GZjCalt5VowyBBfB+YS/avsvB/oI27mGXyiNWNsRFE/Lz+iZTkt/J+f0+A==" w:salt="mztMd3Ha5e8qL4IDKGgt6Q=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC596D"/>
     <w:rsid w:val="00001630"/>
     <w:rsid w:val="0000590A"/>
+    <w:rsid w:val="00011C1D"/>
     <w:rsid w:val="00012603"/>
     <w:rsid w:val="00021E77"/>
     <w:rsid w:val="00021FD0"/>
     <w:rsid w:val="000238E3"/>
     <w:rsid w:val="00032C8E"/>
     <w:rsid w:val="00040367"/>
     <w:rsid w:val="00041119"/>
     <w:rsid w:val="000467DE"/>
     <w:rsid w:val="00052539"/>
     <w:rsid w:val="00067819"/>
+    <w:rsid w:val="00082695"/>
     <w:rsid w:val="00092458"/>
     <w:rsid w:val="00097C1F"/>
     <w:rsid w:val="000A4C24"/>
     <w:rsid w:val="000B308E"/>
+    <w:rsid w:val="000B4CBB"/>
     <w:rsid w:val="000B7838"/>
     <w:rsid w:val="000C6478"/>
     <w:rsid w:val="000C7BAF"/>
     <w:rsid w:val="000F3D2C"/>
     <w:rsid w:val="00114DC1"/>
     <w:rsid w:val="0012034D"/>
     <w:rsid w:val="00160D8D"/>
     <w:rsid w:val="00160F3E"/>
     <w:rsid w:val="00166E71"/>
     <w:rsid w:val="001725AC"/>
     <w:rsid w:val="00180137"/>
     <w:rsid w:val="00180C91"/>
     <w:rsid w:val="00182385"/>
     <w:rsid w:val="00187545"/>
     <w:rsid w:val="00187C1C"/>
     <w:rsid w:val="0019473F"/>
     <w:rsid w:val="001B7D93"/>
     <w:rsid w:val="001D72EA"/>
     <w:rsid w:val="001F18E0"/>
+    <w:rsid w:val="001F4FC9"/>
+    <w:rsid w:val="001F6620"/>
     <w:rsid w:val="00207F45"/>
     <w:rsid w:val="00217F42"/>
     <w:rsid w:val="00225F24"/>
     <w:rsid w:val="002277A3"/>
     <w:rsid w:val="00236C77"/>
     <w:rsid w:val="0027382C"/>
     <w:rsid w:val="00280FA5"/>
     <w:rsid w:val="00285631"/>
+    <w:rsid w:val="0029139D"/>
     <w:rsid w:val="0029199D"/>
     <w:rsid w:val="002A1A06"/>
     <w:rsid w:val="002A2F42"/>
     <w:rsid w:val="002A70EF"/>
     <w:rsid w:val="002B7F64"/>
     <w:rsid w:val="002C0847"/>
     <w:rsid w:val="002C7E32"/>
     <w:rsid w:val="002F2324"/>
     <w:rsid w:val="002F2351"/>
     <w:rsid w:val="002F5049"/>
     <w:rsid w:val="00301ABB"/>
     <w:rsid w:val="003032C0"/>
     <w:rsid w:val="00312F01"/>
+    <w:rsid w:val="00323D6C"/>
+    <w:rsid w:val="00337A64"/>
     <w:rsid w:val="00341288"/>
     <w:rsid w:val="00346BBB"/>
     <w:rsid w:val="0035082F"/>
     <w:rsid w:val="003615F3"/>
     <w:rsid w:val="00364301"/>
     <w:rsid w:val="00371105"/>
+    <w:rsid w:val="0038489B"/>
     <w:rsid w:val="00395F3B"/>
     <w:rsid w:val="003A726D"/>
     <w:rsid w:val="003B05FC"/>
     <w:rsid w:val="003B4D86"/>
     <w:rsid w:val="003E59B5"/>
+    <w:rsid w:val="003E6D1F"/>
     <w:rsid w:val="003E7F87"/>
+    <w:rsid w:val="0040689F"/>
     <w:rsid w:val="0041143C"/>
     <w:rsid w:val="00420058"/>
     <w:rsid w:val="00432550"/>
     <w:rsid w:val="00453A1D"/>
     <w:rsid w:val="00457383"/>
     <w:rsid w:val="004575D5"/>
     <w:rsid w:val="00470926"/>
+    <w:rsid w:val="004737B2"/>
     <w:rsid w:val="00473B1B"/>
     <w:rsid w:val="00486CD5"/>
+    <w:rsid w:val="004962B7"/>
     <w:rsid w:val="004C1C16"/>
     <w:rsid w:val="004C7F65"/>
     <w:rsid w:val="004D45EA"/>
     <w:rsid w:val="004D4CE0"/>
     <w:rsid w:val="004E16D9"/>
     <w:rsid w:val="005063BE"/>
     <w:rsid w:val="00522C9E"/>
     <w:rsid w:val="00523D3A"/>
     <w:rsid w:val="005305C9"/>
     <w:rsid w:val="005314D3"/>
     <w:rsid w:val="005370CF"/>
     <w:rsid w:val="0054119A"/>
     <w:rsid w:val="00564501"/>
     <w:rsid w:val="00566AE6"/>
     <w:rsid w:val="00566D3E"/>
     <w:rsid w:val="00567FD1"/>
     <w:rsid w:val="0057229B"/>
     <w:rsid w:val="00581B19"/>
     <w:rsid w:val="005A3C7C"/>
     <w:rsid w:val="005A55C1"/>
     <w:rsid w:val="005A6C43"/>
     <w:rsid w:val="005B016F"/>
     <w:rsid w:val="005B29C2"/>
     <w:rsid w:val="005D3E4C"/>
     <w:rsid w:val="005E3FB0"/>
     <w:rsid w:val="005E6307"/>
     <w:rsid w:val="005E70A2"/>
     <w:rsid w:val="005F559C"/>
     <w:rsid w:val="00601E0E"/>
     <w:rsid w:val="006149DA"/>
     <w:rsid w:val="0062403E"/>
     <w:rsid w:val="00624C03"/>
     <w:rsid w:val="00630B9A"/>
     <w:rsid w:val="00640343"/>
     <w:rsid w:val="00640A81"/>
     <w:rsid w:val="0064707A"/>
     <w:rsid w:val="00665312"/>
     <w:rsid w:val="00671B97"/>
     <w:rsid w:val="00683660"/>
     <w:rsid w:val="006A01D7"/>
     <w:rsid w:val="006A2ABB"/>
     <w:rsid w:val="006D4061"/>
     <w:rsid w:val="006D4549"/>
     <w:rsid w:val="006E30EC"/>
     <w:rsid w:val="00707F51"/>
     <w:rsid w:val="00711D13"/>
+    <w:rsid w:val="00721640"/>
+    <w:rsid w:val="0073687E"/>
     <w:rsid w:val="007455A9"/>
     <w:rsid w:val="00755E47"/>
     <w:rsid w:val="00767585"/>
     <w:rsid w:val="00772B49"/>
     <w:rsid w:val="00773B20"/>
     <w:rsid w:val="00780A8C"/>
     <w:rsid w:val="0078447D"/>
     <w:rsid w:val="007940CE"/>
     <w:rsid w:val="007A2261"/>
     <w:rsid w:val="007A57BE"/>
     <w:rsid w:val="007B7F1A"/>
     <w:rsid w:val="007D5E1B"/>
     <w:rsid w:val="007E59A1"/>
     <w:rsid w:val="00814034"/>
     <w:rsid w:val="008230AC"/>
     <w:rsid w:val="00826781"/>
     <w:rsid w:val="00846091"/>
+    <w:rsid w:val="008464CE"/>
     <w:rsid w:val="00860FFF"/>
     <w:rsid w:val="00867B80"/>
     <w:rsid w:val="00892796"/>
     <w:rsid w:val="00897503"/>
     <w:rsid w:val="008B6C4F"/>
     <w:rsid w:val="009027AD"/>
     <w:rsid w:val="00917075"/>
     <w:rsid w:val="00921623"/>
     <w:rsid w:val="00931563"/>
     <w:rsid w:val="00934CA8"/>
     <w:rsid w:val="00942DBC"/>
     <w:rsid w:val="0095240C"/>
     <w:rsid w:val="00963A9D"/>
     <w:rsid w:val="00972D07"/>
     <w:rsid w:val="00982777"/>
     <w:rsid w:val="00982A30"/>
     <w:rsid w:val="0098563D"/>
     <w:rsid w:val="00997542"/>
     <w:rsid w:val="009A0B47"/>
     <w:rsid w:val="009B44F2"/>
     <w:rsid w:val="009B75F1"/>
     <w:rsid w:val="009C5A5D"/>
     <w:rsid w:val="009D0061"/>
     <w:rsid w:val="009D22B0"/>
     <w:rsid w:val="009E6D8E"/>
     <w:rsid w:val="009F19EB"/>
     <w:rsid w:val="00A0017B"/>
     <w:rsid w:val="00A05309"/>
     <w:rsid w:val="00A32BDD"/>
     <w:rsid w:val="00A33187"/>
     <w:rsid w:val="00A33B0E"/>
     <w:rsid w:val="00A6131B"/>
     <w:rsid w:val="00A63E4D"/>
     <w:rsid w:val="00A77526"/>
     <w:rsid w:val="00A80E93"/>
+    <w:rsid w:val="00A83AE4"/>
     <w:rsid w:val="00A8568B"/>
     <w:rsid w:val="00A85BAD"/>
     <w:rsid w:val="00A91556"/>
     <w:rsid w:val="00A91E84"/>
     <w:rsid w:val="00A97898"/>
     <w:rsid w:val="00AA6BA6"/>
     <w:rsid w:val="00AB538F"/>
     <w:rsid w:val="00AC0538"/>
     <w:rsid w:val="00AC1D65"/>
+    <w:rsid w:val="00AD1FA3"/>
     <w:rsid w:val="00AD5432"/>
     <w:rsid w:val="00AE4E8A"/>
     <w:rsid w:val="00AF3133"/>
     <w:rsid w:val="00B00BFA"/>
     <w:rsid w:val="00B021FF"/>
     <w:rsid w:val="00B128E5"/>
     <w:rsid w:val="00B1675A"/>
     <w:rsid w:val="00B2330E"/>
     <w:rsid w:val="00B2408C"/>
     <w:rsid w:val="00B32B53"/>
     <w:rsid w:val="00B34A98"/>
     <w:rsid w:val="00B36D55"/>
     <w:rsid w:val="00B37377"/>
     <w:rsid w:val="00B414DB"/>
     <w:rsid w:val="00B45201"/>
     <w:rsid w:val="00B5070F"/>
     <w:rsid w:val="00B536C9"/>
     <w:rsid w:val="00B5769A"/>
     <w:rsid w:val="00B7516B"/>
     <w:rsid w:val="00B802D1"/>
     <w:rsid w:val="00B8554D"/>
     <w:rsid w:val="00B86C7A"/>
+    <w:rsid w:val="00BA74CD"/>
     <w:rsid w:val="00BB0D4A"/>
     <w:rsid w:val="00BC0901"/>
     <w:rsid w:val="00BC2C51"/>
     <w:rsid w:val="00BC3782"/>
     <w:rsid w:val="00BE5D7F"/>
     <w:rsid w:val="00BE6C51"/>
     <w:rsid w:val="00BE7752"/>
     <w:rsid w:val="00BE7FFD"/>
     <w:rsid w:val="00C10B5F"/>
     <w:rsid w:val="00C10EC9"/>
     <w:rsid w:val="00C13A3B"/>
     <w:rsid w:val="00C27E27"/>
     <w:rsid w:val="00C30415"/>
     <w:rsid w:val="00C37929"/>
     <w:rsid w:val="00C40581"/>
     <w:rsid w:val="00C60A13"/>
     <w:rsid w:val="00C612DC"/>
     <w:rsid w:val="00C61742"/>
     <w:rsid w:val="00C67828"/>
     <w:rsid w:val="00C8384A"/>
     <w:rsid w:val="00C84BDB"/>
     <w:rsid w:val="00C93B98"/>
     <w:rsid w:val="00CA5BC8"/>
     <w:rsid w:val="00CB1D87"/>
     <w:rsid w:val="00CC304F"/>
     <w:rsid w:val="00CC5B8E"/>
     <w:rsid w:val="00CD6280"/>
     <w:rsid w:val="00CD7C19"/>
+    <w:rsid w:val="00D06D11"/>
     <w:rsid w:val="00D15BDB"/>
+    <w:rsid w:val="00D22F74"/>
     <w:rsid w:val="00D23203"/>
     <w:rsid w:val="00D317EB"/>
     <w:rsid w:val="00D44042"/>
     <w:rsid w:val="00D4519E"/>
     <w:rsid w:val="00D51CCE"/>
     <w:rsid w:val="00D51DF0"/>
     <w:rsid w:val="00D62A28"/>
     <w:rsid w:val="00D6653D"/>
+    <w:rsid w:val="00DA1910"/>
     <w:rsid w:val="00DA52BB"/>
     <w:rsid w:val="00DB0B6D"/>
     <w:rsid w:val="00DB1715"/>
     <w:rsid w:val="00DB39F9"/>
     <w:rsid w:val="00DD0282"/>
     <w:rsid w:val="00DD2092"/>
     <w:rsid w:val="00DF54E3"/>
+    <w:rsid w:val="00E01282"/>
     <w:rsid w:val="00E047A9"/>
     <w:rsid w:val="00E0533E"/>
     <w:rsid w:val="00E10F80"/>
     <w:rsid w:val="00E138E6"/>
     <w:rsid w:val="00E24321"/>
     <w:rsid w:val="00E37058"/>
     <w:rsid w:val="00E47EA5"/>
     <w:rsid w:val="00E55A76"/>
+    <w:rsid w:val="00E560D1"/>
     <w:rsid w:val="00E629A9"/>
     <w:rsid w:val="00E732B7"/>
     <w:rsid w:val="00E9474E"/>
     <w:rsid w:val="00E960A0"/>
     <w:rsid w:val="00EA05B7"/>
     <w:rsid w:val="00EB0B17"/>
     <w:rsid w:val="00EC5CB1"/>
     <w:rsid w:val="00ED0712"/>
     <w:rsid w:val="00EE0B37"/>
     <w:rsid w:val="00EE31AF"/>
     <w:rsid w:val="00EE4595"/>
     <w:rsid w:val="00F03479"/>
     <w:rsid w:val="00F051B4"/>
     <w:rsid w:val="00F05CC2"/>
     <w:rsid w:val="00F07880"/>
     <w:rsid w:val="00F1378D"/>
     <w:rsid w:val="00F16591"/>
     <w:rsid w:val="00F24544"/>
     <w:rsid w:val="00F27A26"/>
+    <w:rsid w:val="00F52890"/>
     <w:rsid w:val="00F57F4D"/>
     <w:rsid w:val="00F63EB0"/>
     <w:rsid w:val="00F750D4"/>
     <w:rsid w:val="00F971C9"/>
     <w:rsid w:val="00FB02E9"/>
     <w:rsid w:val="00FC1CD7"/>
     <w:rsid w:val="00FC3F15"/>
     <w:rsid w:val="00FC596D"/>
     <w:rsid w:val="00FD7FDC"/>
     <w:rsid w:val="00FE2D5F"/>
     <w:rsid w:val="00FE30E0"/>
     <w:rsid w:val="00FE6B7F"/>
     <w:rsid w:val="00FF1887"/>
     <w:rsid w:val="00FF5B6D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6F4E3529"/>
   <w15:docId w15:val="{9BAC20F0-1B8E-4638-98EE-29A3D63B7DA8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9879,50 +10733,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C10B5F"/>
     <w:pPr>
       <w:spacing w:line="280" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="4"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
       <w:lang w:eastAsia="de-AT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="EVN Header 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008B6C4F"/>
     <w:pPr>
@@ -10749,129 +11608,180 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="4"/>
       <w:lang w:eastAsia="de-AT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00180C91"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00721640"/>
+    <w:rPr>
+      <w:spacing w:val="4"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:eastAsia="de-AT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0073687E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="166294010">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="304284745">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="435562324">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="625745860">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1151219509">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1228996921">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1845627606">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@evn.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -11128,85 +12038,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42598579-4D61-48BA-851E-5AD5D5556D65}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9BE8754-2FFB-4D95-B3C5-BA2D81CD534F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1298</Words>
-  <Characters>7402</Characters>
+  <Words>1433</Words>
+  <Characters>8173</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVN AG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8683</CharactersWithSpaces>
+  <CharactersWithSpaces>9587</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Moneva Siyka</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>