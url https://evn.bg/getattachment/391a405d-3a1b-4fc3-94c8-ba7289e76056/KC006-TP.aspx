--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -1,60 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3D9C4A6A" w14:textId="77777777" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C"/>
     <w:p w14:paraId="6972E85F" w14:textId="77777777" w:rsidR="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C">
       <w:pPr>
         <w:pStyle w:val="EVNTitle2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F96FBD8" w14:textId="77777777" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C">
       <w:pPr>
         <w:pStyle w:val="EVNTitle2"/>
       </w:pPr>
       <w:r w:rsidRPr="00C15C6C">
         <w:t>Споразумение</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E485374" w14:textId="77777777" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C">
       <w:bookmarkStart w:id="0" w:name="Text47"/>
     </w:p>
     <w:p w14:paraId="47B655A4" w14:textId="34111936" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C">
       <w:r w:rsidRPr="00C15C6C">
         <w:t>Днес</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
@@ -428,51 +424,59 @@
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Text56"/>
       <w:r w:rsidRPr="00C15C6C">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:t>…..</w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00C15C6C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
-        <w:t xml:space="preserve">-mail: </w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15C6C">
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15C6C">
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text57"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val=" ………………….."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="Text57"/>
       <w:r w:rsidRPr="00C15C6C">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:t xml:space="preserve"> …………………..</w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="end"/>
@@ -557,57 +561,65 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="3E13C749" id="Line 96" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="107.1pt,624.8pt" to="206.1pt,624.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAH1I0vsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7ZTdB2MOD2k6y7d&#10;FqDdBzCSHAuTRYFUYufvJ6lJVmy3YT4Ikkg+vfdIr+7n0YmjIbboO9ksaimMV6it33fyx8vjh09S&#10;cASvwaE3nTwZlvfr9+9WU2jNEgd02pBIIJ7bKXRyiDG0VcVqMCPwAoPxKdgjjRDTkfaVJpgS+uiq&#10;ZV1/rCYkHQiVYU63D69BuS74fW9U/N73bKJwnUzcYlmprLu8VusVtHuCMFh1pgH/wGIE69OjV6gH&#10;iCAOZP+CGq0iZOzjQuFYYd9bZYqGpKap/1DzPEAwRUsyh8PVJv5/sOrbceO3lKmr2T+HJ1Q/WXjc&#10;DOD3phB4OYXUuCZbVU2B22tJPnDYkthNX1GnHDhELC7MPY0ZMukTczH7dDXbzFGodNksb+9u6tQT&#10;dYlV0F4KA3H8YnAUedNJZ332AVo4PnHMRKC9pORrj4/WudJL58XUyZvm7rYUMDqrczCnMe13G0fi&#10;CHkayldUpcjbNMKD1wVsMKA/n/cRrHvdp8edP5uR9edh43aH+rSli0mpXYXlebTyPLw9l+rfP8D6&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAG2/E/TfAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;hDAQhe8m/odmTLy5BUKIImUjRA970MRdE/XWpSMQ6RRp2cV/73jY6HHe+/LmvWK92EEccPK9IwXx&#10;KgKB1DjTU6vgZfdwdQ3CB01GD45QwTd6WJfnZ4XOjTvSMx62oRUcQj7XCroQxlxK33RotV+5EYm9&#10;DzdZHficWmkmfeRwO8gkijJpdU/8odMj1h02n9vZKgj+9e0pzJuvKqsea9xV7/W93Ch1ebHc3YII&#10;uIQ/GH7rc3UoudPezWS8GBQkcZowykaS3mQgGEnjhKX9SZJlIf+vKH8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAB9SNL7ABAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAbb8T9N8AAAANAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokeweight=".25pt"/>
+              <v:line w14:anchorId="39D571AE" id="Line 96" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="107.1pt,624.8pt" to="206.1pt,624.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAH1I0vsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7ZTdB2MOD2k6y7d&#10;FqDdBzCSHAuTRYFUYufvJ6lJVmy3YT4Ikkg+vfdIr+7n0YmjIbboO9ksaimMV6it33fyx8vjh09S&#10;cASvwaE3nTwZlvfr9+9WU2jNEgd02pBIIJ7bKXRyiDG0VcVqMCPwAoPxKdgjjRDTkfaVJpgS+uiq&#10;ZV1/rCYkHQiVYU63D69BuS74fW9U/N73bKJwnUzcYlmprLu8VusVtHuCMFh1pgH/wGIE69OjV6gH&#10;iCAOZP+CGq0iZOzjQuFYYd9bZYqGpKap/1DzPEAwRUsyh8PVJv5/sOrbceO3lKmr2T+HJ1Q/WXjc&#10;DOD3phB4OYXUuCZbVU2B22tJPnDYkthNX1GnHDhELC7MPY0ZMukTczH7dDXbzFGodNksb+9u6tQT&#10;dYlV0F4KA3H8YnAUedNJZ332AVo4PnHMRKC9pORrj4/WudJL58XUyZvm7rYUMDqrczCnMe13G0fi&#10;CHkayldUpcjbNMKD1wVsMKA/n/cRrHvdp8edP5uR9edh43aH+rSli0mpXYXlebTyPLw9l+rfP8D6&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAG2/E/TfAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;hDAQhe8m/odmTLy5BUKIImUjRA970MRdE/XWpSMQ6RRp2cV/73jY6HHe+/LmvWK92EEccPK9IwXx&#10;KgKB1DjTU6vgZfdwdQ3CB01GD45QwTd6WJfnZ4XOjTvSMx62oRUcQj7XCroQxlxK33RotV+5EYm9&#10;DzdZHficWmkmfeRwO8gkijJpdU/8odMj1h02n9vZKgj+9e0pzJuvKqsea9xV7/W93Ch1ebHc3YII&#10;uIQ/GH7rc3UoudPezWS8GBQkcZowykaS3mQgGEnjhKX9SZJlIf+vKH8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAB9SNL7ABAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAbb8T9N8AAAANAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
-        <w:t xml:space="preserve"> моб: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15C6C">
+        <w:t>моб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15C6C">
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text58"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="........................"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:t>........................</w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
@@ -1057,51 +1069,59 @@
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:t>…..</w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
-        <w:t xml:space="preserve">-mail: </w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15C6C">
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15C6C">
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text57"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val=" ………………….."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:t xml:space="preserve"> …………………..</w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
@@ -1182,57 +1202,65 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="60561060" id="Line 96" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="107.1pt,624.8pt" to="206.1pt,624.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAH1I0vsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7ZTdB2MOD2k6y7d&#10;FqDdBzCSHAuTRYFUYufvJ6lJVmy3YT4Ikkg+vfdIr+7n0YmjIbboO9ksaimMV6it33fyx8vjh09S&#10;cASvwaE3nTwZlvfr9+9WU2jNEgd02pBIIJ7bKXRyiDG0VcVqMCPwAoPxKdgjjRDTkfaVJpgS+uiq&#10;ZV1/rCYkHQiVYU63D69BuS74fW9U/N73bKJwnUzcYlmprLu8VusVtHuCMFh1pgH/wGIE69OjV6gH&#10;iCAOZP+CGq0iZOzjQuFYYd9bZYqGpKap/1DzPEAwRUsyh8PVJv5/sOrbceO3lKmr2T+HJ1Q/WXjc&#10;DOD3phB4OYXUuCZbVU2B22tJPnDYkthNX1GnHDhELC7MPY0ZMukTczH7dDXbzFGodNksb+9u6tQT&#10;dYlV0F4KA3H8YnAUedNJZ332AVo4PnHMRKC9pORrj4/WudJL58XUyZvm7rYUMDqrczCnMe13G0fi&#10;CHkayldUpcjbNMKD1wVsMKA/n/cRrHvdp8edP5uR9edh43aH+rSli0mpXYXlebTyPLw9l+rfP8D6&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAG2/E/TfAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;hDAQhe8m/odmTLy5BUKIImUjRA970MRdE/XWpSMQ6RRp2cV/73jY6HHe+/LmvWK92EEccPK9IwXx&#10;KgKB1DjTU6vgZfdwdQ3CB01GD45QwTd6WJfnZ4XOjTvSMx62oRUcQj7XCroQxlxK33RotV+5EYm9&#10;DzdZHficWmkmfeRwO8gkijJpdU/8odMj1h02n9vZKgj+9e0pzJuvKqsea9xV7/W93Ch1ebHc3YII&#10;uIQ/GH7rc3UoudPezWS8GBQkcZowykaS3mQgGEnjhKX9SZJlIf+vKH8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAB9SNL7ABAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAbb8T9N8AAAANAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokeweight=".25pt"/>
+              <v:line w14:anchorId="3F870DAC" id="Line 96" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="107.1pt,624.8pt" to="206.1pt,624.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAH1I0vsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7ZTdB2MOD2k6y7d&#10;FqDdBzCSHAuTRYFUYufvJ6lJVmy3YT4Ikkg+vfdIr+7n0YmjIbboO9ksaimMV6it33fyx8vjh09S&#10;cASvwaE3nTwZlvfr9+9WU2jNEgd02pBIIJ7bKXRyiDG0VcVqMCPwAoPxKdgjjRDTkfaVJpgS+uiq&#10;ZV1/rCYkHQiVYU63D69BuS74fW9U/N73bKJwnUzcYlmprLu8VusVtHuCMFh1pgH/wGIE69OjV6gH&#10;iCAOZP+CGq0iZOzjQuFYYd9bZYqGpKap/1DzPEAwRUsyh8PVJv5/sOrbceO3lKmr2T+HJ1Q/WXjc&#10;DOD3phB4OYXUuCZbVU2B22tJPnDYkthNX1GnHDhELC7MPY0ZMukTczH7dDXbzFGodNksb+9u6tQT&#10;dYlV0F4KA3H8YnAUedNJZ332AVo4PnHMRKC9pORrj4/WudJL58XUyZvm7rYUMDqrczCnMe13G0fi&#10;CHkayldUpcjbNMKD1wVsMKA/n/cRrHvdp8edP5uR9edh43aH+rSli0mpXYXlebTyPLw9l+rfP8D6&#10;FwAAAP//AwBQSwMEFAAGAAgAAAAhAG2/E/TfAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;hDAQhe8m/odmTLy5BUKIImUjRA970MRdE/XWpSMQ6RRp2cV/73jY6HHe+/LmvWK92EEccPK9IwXx&#10;KgKB1DjTU6vgZfdwdQ3CB01GD45QwTd6WJfnZ4XOjTvSMx62oRUcQj7XCroQxlxK33RotV+5EYm9&#10;DzdZHficWmkmfeRwO8gkijJpdU/8odMj1h02n9vZKgj+9e0pzJuvKqsea9xV7/W93Ch1ebHc3YII&#10;uIQ/GH7rc3UoudPezWS8GBQkcZowykaS3mQgGEnjhKX9SZJlIf+vKH8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAB9SNL7ABAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAbb8T9N8AAAANAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokeweight=".25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
-        <w:t xml:space="preserve"> моб: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C15C6C">
+        <w:t>моб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C15C6C">
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text58"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="........................"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:t>........................</w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
@@ -1726,51 +1754,51 @@
         <w:t>Чл. 2. Собственикът се съгласява да носи солидарна отговорност заедно с Ползвателя за всички задължения на Ползвателя към ЕВН TP, свързани с доставката на топлинна енергия в Обекта, включително, но не само за доставена топлинна енергия, цена за услугата дялово разпределение, всякакви данъци, такси и надбавки, които се дължат съгласно действащото законодателство.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="608EAA53" w14:textId="47B55581" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C">
       <w:r w:rsidRPr="00C15C6C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C2912E2" w14:textId="77777777" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C">
       <w:r w:rsidRPr="00C15C6C">
         <w:t>Чл. 3. За времето, докато Ползвателят е клиент на ЕВН TP, Собственикът има правото да получава при поискване от ЕВН TP информация за месечното потребление на топлинна енергия в Обекта, за размера на месечните задължения за доставена енергия, както и за редовността на тяхното погасяване.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EC6550C" w14:textId="77777777" w:rsidR="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C">
       <w:r w:rsidRPr="00C15C6C">
         <w:lastRenderedPageBreak/>
         <w:t>Чл. 4. Това Споразумение представлява неразделна част от публично известните общи условия на ЕВН TP, одобрени по реда на Закона за енергетиката.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="129E12A1" w14:textId="77777777" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C"/>
     <w:p w14:paraId="09B98B40" w14:textId="77777777" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C">
       <w:r w:rsidRPr="00C15C6C">
         <w:t>Чл. 5. ЕВН TP е администратор на лични данни, като такъв обработва предоставените му лични данни за негови клиенти съгласно разпоредбите на действащото законодателство. ЕВН TP се задължава да не предоставя поверената му информация в качеството му на администратор на лични данни на други лица, освен в изрично посочени в законодателството случаи. Пълната информация относно обработването на личните данни на клиентите е налична на Интернет страницата на ЕВН TP, както и във всяко място за обслужване на клиенти.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1FBA38" w14:textId="77777777" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C"/>
+    <w:p w14:paraId="3B0AC6DB" w14:textId="77777777" w:rsidR="00E97B1D" w:rsidRPr="00535D96" w:rsidRDefault="00E97B1D" w:rsidP="00C15C6C"/>
     <w:p w14:paraId="1CD7061C" w14:textId="709EBBE9" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C"/>
     <w:p w14:paraId="63FEA242" w14:textId="2D8CE6F0" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C">
       <w:r w:rsidRPr="00C15C6C">
         <w:t>Собственик/За Собственика:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:tab/>
         <w:t>Ползвател/За Ползвателя</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:tab/>
         <w:t>За ЕВН TP:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA3B03E" w14:textId="77777777" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C"/>
     <w:p w14:paraId="42B216D9" w14:textId="77777777" w:rsidR="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C"/>
@@ -1803,625 +1831,151 @@
     <w:p w14:paraId="6EF5E553" w14:textId="536E379C" w:rsidR="00C15C6C" w:rsidRPr="00C15C6C" w:rsidRDefault="00C15C6C" w:rsidP="00C15C6C">
       <w:r w:rsidRPr="00C15C6C">
         <w:tab/>
         <w:t xml:space="preserve">(саморъчно се изписват трите имена/подпис) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C15C6C">
         <w:t>(подпис)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EBED84B" w14:textId="525CF0D8" w:rsidR="00420058" w:rsidRDefault="00420058" w:rsidP="00C15C6C"/>
-    <w:p w14:paraId="52908288" w14:textId="77777777" w:rsidR="00472A9B" w:rsidRDefault="00472A9B" w:rsidP="00C15C6C"/>
-[...467 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="25C53D1B" w14:textId="35B5F897" w:rsidR="00472A9B" w:rsidRPr="00C15C6C" w:rsidRDefault="00472A9B" w:rsidP="00C15C6C"/>
     <w:sectPr w:rsidR="00472A9B" w:rsidRPr="00C15C6C" w:rsidSect="0035082F">
-      <w:headerReference w:type="default" r:id="rId13"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D178062" w14:textId="77777777" w:rsidR="00A97898" w:rsidRDefault="00A97898" w:rsidP="00A97898">
+    <w:p w14:paraId="3C74E749" w14:textId="77777777" w:rsidR="00F072EC" w:rsidRDefault="00F072EC" w:rsidP="00A97898">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D178063" w14:textId="77777777" w:rsidR="00A97898" w:rsidRDefault="00A97898" w:rsidP="00A97898">
+    <w:p w14:paraId="1AC19414" w14:textId="77777777" w:rsidR="00F072EC" w:rsidRDefault="00F072EC" w:rsidP="00A97898">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Frutiger Next for EVN Light">
+    <w:altName w:val="Corbel Light"/>
     <w:panose1 w:val="020B0303040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75932A7D" w14:textId="299587FB" w:rsidR="00E629A9" w:rsidRPr="00334FFA" w:rsidRDefault="00E629A9" w:rsidP="00E629A9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00334FFA">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00334FFA">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
@@ -2483,51 +2037,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00472A9B">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00334FFA">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05F61C64" w14:textId="7F9404BE" w:rsidR="00107E9C" w:rsidRPr="00107E9C" w:rsidRDefault="00834725" w:rsidP="00107E9C">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2268"/>
         <w:tab w:val="left" w:pos="4536"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
@@ -2564,152 +2118,152 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="4042AAE5" w14:textId="77026281" w:rsidR="00834725" w:rsidRPr="00FF3B71" w:rsidRDefault="00834725" w:rsidP="00834725">
+                        <w:p w14:paraId="4042AAE5" w14:textId="6E28FCF7" w:rsidR="00834725" w:rsidRPr="00AC2F21" w:rsidRDefault="00834725" w:rsidP="00834725">
                           <w:pPr>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00FF3B71">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>KC00</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00FF3B71">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>6</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00FF3B71">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00472A9B">
+                          <w:r w:rsidR="00AC2F21">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>1221</w:t>
+                            <w:t>0226</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6C86FB29" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-56.75pt;margin-top:756.95pt;width:26.7pt;height:61.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhuBi54AEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0Fu2zAQvBfoHwjea0mOU8eC5SBNkKJA&#10;mhZI8wCKIi2iEpdd0pb8+y4px3HbW9ALQXKp2ZnZ0fp67Du2V+gN2IoXs5wzZSU0xm4r/vzj/sMV&#10;Zz4I24gOrKr4QXl+vXn/bj24Us2hha5RyAjE+nJwFW9DcGWWedmqXvgZOGWpqAF7EeiI26xBMRB6&#10;32XzPP+YDYCNQ5DKe7q9m4p8k/C1VjJ809qrwLqKE7eQVkxrHddssxblFoVrjTzSEG9g0QtjqekJ&#10;6k4EwXZo/oHqjUTwoMNMQp+B1kaqpIHUFPlfap5a4VTSQuZ4d7LJ/z9Y+bh/ct+RhfETjDTAJMK7&#10;B5A/PbNw2wq7VTeIMLRKNNS4iJZlg/Pl8dNotS99BKmHr9DQkMUuQAIaNfbRFdLJCJ0GcDiZrsbA&#10;JF1eXKzyFVUklZZXRX6ZhpKJ8uVjhz58VtCzuKk40kwTuNg/+BDJiPLlSexl4d50XZprZ/+4oIfx&#10;JpGPfCfmYaxHeh1F1NAcSAbCFBOKNW3iOl8SwYFSUnH/aydQcdZ9seTGqlgsYqzSYXG5nNMBzyv1&#10;eUVY2QKFL3A2bW/DFMWdQ7Ntqdnkv4UbclCbpO6V2JE6JSGJPqY2Ru38nF69/lub3wAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPPVP3HjAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG5dEqpVrDSdEIhJXNBW4MAtbUxb0SSlydbu7TEnONr/p9+fi+1iB3bCKfTeKZArAQxd403vWgVv&#10;r0/JLbAQtTN68A4VnDHAtry8KHRu/OwOeKpiy6jEhVwr6GIcc85D06HVYeVHdJR9+snqSOPUcjPp&#10;mcrtwG+EyLjVvaMLnR7xocPmqzpaBe/1y3k4jOmH6Ofn/bL73lePu1ap66vl/g5YxCX+wfCrT+pQ&#10;klPtj84ENihIpEzXxFKylukGGDFJJiSwmlZZmm2AlwX//0b5AwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOG4GLngAQAAowMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAPPVP3HjAAAADgEAAA8AAAAAAAAAAAAAAAAAOgQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="4042AAE5" w14:textId="77026281" w:rsidR="00834725" w:rsidRPr="00FF3B71" w:rsidRDefault="00834725" w:rsidP="00834725">
+                  <w:p w14:paraId="4042AAE5" w14:textId="6E28FCF7" w:rsidR="00834725" w:rsidRPr="00AC2F21" w:rsidRDefault="00834725" w:rsidP="00834725">
                     <w:pPr>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00FF3B71">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>KC00</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00FF3B71">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>6</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00FF3B71">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00472A9B">
+                    <w:r w:rsidR="00AC2F21">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>1221</w:t>
+                      <w:t>0226</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00107E9C" w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>ЕВН България</w:t>
     </w:r>
     <w:r w:rsidR="00107E9C" w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
@@ -2758,76 +2312,80 @@
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00107E9C" w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>info</w:t>
     </w:r>
     <w:r w:rsidR="00107E9C" w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>@</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00107E9C" w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>evn</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00107E9C" w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="00107E9C" w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
   <w:p w14:paraId="4DABEAF0" w14:textId="77777777" w:rsidR="00107E9C" w:rsidRPr="00107E9C" w:rsidRDefault="00107E9C" w:rsidP="00107E9C">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2268"/>
         <w:tab w:val="left" w:pos="4536"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">Топлофикация </w:t>
@@ -2894,137 +2452,141 @@
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>www</w:t>
     </w:r>
     <w:r w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>evn</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00107E9C">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
+    <w:proofErr w:type="spellEnd"/>
   </w:p>
   <w:p w14:paraId="65237D2E" w14:textId="48AF3E4E" w:rsidR="008B6C4F" w:rsidRPr="00107E9C" w:rsidRDefault="008B6C4F" w:rsidP="00107E9C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D178060" w14:textId="77777777" w:rsidR="00A97898" w:rsidRDefault="00A97898" w:rsidP="00A97898">
+    <w:p w14:paraId="117CA975" w14:textId="77777777" w:rsidR="00F072EC" w:rsidRDefault="00F072EC" w:rsidP="00A97898">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D178061" w14:textId="77777777" w:rsidR="00A97898" w:rsidRDefault="00A97898" w:rsidP="00A97898">
+    <w:p w14:paraId="4F3070DA" w14:textId="77777777" w:rsidR="00F072EC" w:rsidRDefault="00F072EC" w:rsidP="00A97898">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="612B4378" w14:textId="77777777" w:rsidR="00E629A9" w:rsidRDefault="00E629A9" w:rsidP="00640A81">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4D178067" w14:textId="53C846CF" w:rsidR="00285631" w:rsidRPr="008B6C4F" w:rsidRDefault="00285631" w:rsidP="00640A81">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BEDA1E9" w14:textId="1F5A2159" w:rsidR="008B6C4F" w:rsidRDefault="00A35E6A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FBE05AF" wp14:editId="4959629A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>6012815</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>345440</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1058400" cy="370800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -3049,51 +2611,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1058400" cy="370800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07156697"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:styleLink w:val="EVNList"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="255"/>
         </w:tabs>
         <w:ind w:left="255" w:hanging="255"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:hint="default"/>
         <w:sz w:val="19"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
@@ -3320,50 +2882,162 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="174721FA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DF4240E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C6C8794"/>
+    <w:lvl w:ilvl="0" w:tplc="E348BCCA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Times New Roman" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37CD616D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0C070025"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -3414,51 +3088,51 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39F113EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84DA2E5A"/>
     <w:lvl w:ilvl="0" w:tplc="B9322686">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3527,57 +3201,57 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EBE42CD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FC41107"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BD863076"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="255" w:hanging="255"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:hint="default"/>
         <w:sz w:val="19"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="510" w:hanging="255"/>
       </w:pPr>
       <w:rPr>
@@ -3648,57 +3322,57 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2040" w:hanging="255"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="−"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2295" w:hanging="255"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="401E704C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="407F7950"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F1226A42"/>
     <w:lvl w:ilvl="0" w:tplc="52F639AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="EVNBulletPoints2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:hint="default"/>
         <w:color w:val="8C8C8C"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3769,51 +3443,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EFD72E8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0809001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3)"/>
@@ -3855,57 +3529,57 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59031692"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C707045"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C624CA80"/>
     <w:lvl w:ilvl="0" w:tplc="CCC07AB4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="EVNBulletPoints3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:hint="default"/>
         <w:color w:val="E0001B"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3976,51 +3650,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63B9036E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A00310C"/>
     <w:lvl w:ilvl="0" w:tplc="E9D2B552">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4091,63 +3765,63 @@
     <w:lvl w:ilvl="7" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68AC6B12"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D8133F7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FDAD042"/>
     <w:numStyleLink w:val="EVNList"/>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7591034A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB7AF580"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4216,249 +3890,261 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="1" w16cid:durableId="168913523">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="402063810">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1317346501">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1359501592">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="675304975">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1357345248">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1476411923">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1118262579">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="645352534">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="329479959">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="227302605">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1512912853">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="2033874061">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="151677915">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="15" w16cid:durableId="1669938394">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="16" w16cid:durableId="1591504907">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="17" w16cid:durableId="1073550914">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="18" w16cid:durableId="876355536">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="8">
-[...30 lines deleted...]
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="19" w16cid:durableId="568879712">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="OabhphA28/semnEjM4aFL1vVi6zQ8lo6l1YWUM6qSmHYh2JvHN39mCPPE+bwiG0cBLL1MiL1mHxPb3T50bquCQ==" w:salt="KvwVWzpKILhGKG7jlI8X8g=="/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="X4R9f45iBfPJKO+6LHFAZ0HtWGw6rjNjdoe6VpMWzKfN19iMF1YvRU2Gt3n8oPImHwXDQdq9XqX/HxgVker0JA==" w:salt="WqGuWgWsFs2ipRsxWAsFWQ=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="55297"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00187C1C"/>
     <w:rsid w:val="00040367"/>
     <w:rsid w:val="00097C1F"/>
     <w:rsid w:val="000B308E"/>
     <w:rsid w:val="00107E9C"/>
+    <w:rsid w:val="0013592A"/>
     <w:rsid w:val="00160D8D"/>
     <w:rsid w:val="001725AC"/>
     <w:rsid w:val="00182385"/>
     <w:rsid w:val="00187C1C"/>
+    <w:rsid w:val="001A243E"/>
     <w:rsid w:val="00225F24"/>
     <w:rsid w:val="0027382C"/>
     <w:rsid w:val="00280FA5"/>
     <w:rsid w:val="00285631"/>
     <w:rsid w:val="0029199D"/>
     <w:rsid w:val="002C0847"/>
     <w:rsid w:val="00312F01"/>
     <w:rsid w:val="00334FFA"/>
     <w:rsid w:val="0035082F"/>
     <w:rsid w:val="003B05FC"/>
     <w:rsid w:val="003B4D86"/>
     <w:rsid w:val="003E7F87"/>
     <w:rsid w:val="003F3ECF"/>
     <w:rsid w:val="0041143C"/>
     <w:rsid w:val="00420058"/>
     <w:rsid w:val="00472A9B"/>
     <w:rsid w:val="00473B1B"/>
     <w:rsid w:val="004C1C16"/>
     <w:rsid w:val="004D4CE0"/>
+    <w:rsid w:val="00535D96"/>
     <w:rsid w:val="00567FD1"/>
     <w:rsid w:val="00581B19"/>
     <w:rsid w:val="005B29C2"/>
+    <w:rsid w:val="00620F00"/>
     <w:rsid w:val="00630B9A"/>
     <w:rsid w:val="00640343"/>
     <w:rsid w:val="00640A81"/>
     <w:rsid w:val="00665312"/>
     <w:rsid w:val="006A01D7"/>
     <w:rsid w:val="006A2ABB"/>
     <w:rsid w:val="006B4875"/>
     <w:rsid w:val="007455A9"/>
     <w:rsid w:val="00814034"/>
     <w:rsid w:val="00834725"/>
     <w:rsid w:val="008B6C4F"/>
     <w:rsid w:val="008B735A"/>
     <w:rsid w:val="009A0B47"/>
     <w:rsid w:val="009C5A5D"/>
     <w:rsid w:val="009D0061"/>
-    <w:rsid w:val="00A1369F"/>
+    <w:rsid w:val="00A27829"/>
     <w:rsid w:val="00A35E6A"/>
     <w:rsid w:val="00A6131B"/>
     <w:rsid w:val="00A73AB0"/>
     <w:rsid w:val="00A77526"/>
     <w:rsid w:val="00A80E93"/>
     <w:rsid w:val="00A85BAD"/>
     <w:rsid w:val="00A97898"/>
+    <w:rsid w:val="00AC2F21"/>
     <w:rsid w:val="00AE4E8A"/>
     <w:rsid w:val="00B00BFA"/>
     <w:rsid w:val="00B021FF"/>
     <w:rsid w:val="00B32B53"/>
     <w:rsid w:val="00BC0901"/>
     <w:rsid w:val="00BC3782"/>
+    <w:rsid w:val="00BC68DD"/>
     <w:rsid w:val="00BE6C51"/>
     <w:rsid w:val="00C15C6C"/>
     <w:rsid w:val="00C30415"/>
     <w:rsid w:val="00C40581"/>
     <w:rsid w:val="00C612DC"/>
     <w:rsid w:val="00C67828"/>
     <w:rsid w:val="00C975D7"/>
     <w:rsid w:val="00D317EB"/>
     <w:rsid w:val="00D31ECB"/>
+    <w:rsid w:val="00D52C6C"/>
     <w:rsid w:val="00D90691"/>
     <w:rsid w:val="00D9738E"/>
     <w:rsid w:val="00DB39F9"/>
     <w:rsid w:val="00DD2092"/>
     <w:rsid w:val="00E24321"/>
     <w:rsid w:val="00E55A76"/>
     <w:rsid w:val="00E629A9"/>
     <w:rsid w:val="00E9546D"/>
+    <w:rsid w:val="00E97B1D"/>
     <w:rsid w:val="00F051B4"/>
     <w:rsid w:val="00F05CC2"/>
+    <w:rsid w:val="00F072EC"/>
+    <w:rsid w:val="00F076FA"/>
+    <w:rsid w:val="00F52890"/>
     <w:rsid w:val="00F63EB0"/>
     <w:rsid w:val="00FC3F15"/>
     <w:rsid w:val="00FF5B6D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="55297"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4D177FD8"/>
   <w15:docId w15:val="{B8D3B246-1B7B-4188-ABA1-C4F637A9CBB7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4530,94 +4216,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -5555,90 +5245,141 @@
     <w:link w:val="EVNBulletPoints3"/>
     <w:rsid w:val="00420058"/>
     <w:rPr>
       <w:spacing w:val="4"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
       <w:lang w:val="en-US" w:eastAsia="de-AT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EVNTitle2Char">
     <w:name w:val="EVN Title 2 Char"/>
     <w:basedOn w:val="TitleChar"/>
     <w:link w:val="EVNTitle2"/>
     <w:rsid w:val="00420058"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:bCs/>
       <w:color w:val="E0001B"/>
       <w:spacing w:val="4"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="de-AT"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001A243E"/>
+    <w:rPr>
+      <w:spacing w:val="4"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:eastAsia="de-AT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E97B1D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="435562324">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="494304550">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1411194085">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1726220578">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@evn.bg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@evn.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -5890,342 +5631,90 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...182 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36FBA7E6-138A-48A6-853F-D38958064F5A}">
-[...25 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AACC8C0B-4DDD-4AA8-B3A0-13B0BC8B55C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>920</Words>
-  <Characters>5248</Characters>
+  <Words>644</Words>
+  <Characters>3673</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVN AG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6156</CharactersWithSpaces>
+  <CharactersWithSpaces>4309</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Yondrova Mariya</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>