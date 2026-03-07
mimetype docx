--- v0 (2025-10-15)
+++ v1 (2026-03-07)
@@ -1,59 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="64A517D3" w14:textId="77777777" w:rsidR="00461E30" w:rsidRPr="000D7B3F" w:rsidRDefault="00461E30" w:rsidP="00DF35D2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D7B3F">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C8FDDFC" w14:textId="77777777" w:rsidR="00461E30" w:rsidRPr="00DF35D2" w:rsidRDefault="00461E30" w:rsidP="00DF35D2">
       <w:pPr>
         <w:rPr>
@@ -574,51 +570,51 @@
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>(име, презиме</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD376F">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="002B6783">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> фамилия)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D98B9B7" w14:textId="062E2D5B" w:rsidR="00454C9D" w:rsidRDefault="00461E30" w:rsidP="001B3025">
+          <w:p w14:paraId="5D98B9B7" w14:textId="269FA765" w:rsidR="00454C9D" w:rsidRDefault="00461E30" w:rsidP="001B3025">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B6783">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve">ЕГН </w:t>
             </w:r>
             <w:r w:rsidR="000D7B3F">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -5008,51 +5004,51 @@
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-74" w:tblpY="21"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9424" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="E0E0E0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="E0E0E0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="E0E0E0"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="E0E0E0"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="E0E0E0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="E0E0E0"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblCellMar>
           <w:left w:w="68" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9424"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00461E30" w:rsidRPr="002B3BF9" w14:paraId="63489326" w14:textId="77777777" w:rsidTr="000D2174">
+      <w:tr w:rsidR="00461E30" w:rsidRPr="00601E41" w14:paraId="63489326" w14:textId="77777777" w:rsidTr="000D2174">
         <w:trPr>
           <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9424" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
           <w:p w14:paraId="58E4855D" w14:textId="77777777" w:rsidR="00461E30" w:rsidRPr="00E55F0F" w:rsidRDefault="00461E30" w:rsidP="000D2174">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E55F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve">От </w:t>
@@ -5155,51 +5151,51 @@
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>(име, презиме</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD376F">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E55F0F">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> фамилия)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AF156AF" w14:textId="05442201" w:rsidR="00461E30" w:rsidRPr="00E55F0F" w:rsidRDefault="00454C9D" w:rsidP="000D2174">
+          <w:p w14:paraId="2AF156AF" w14:textId="59CC8599" w:rsidR="00461E30" w:rsidRPr="00E55F0F" w:rsidRDefault="00454C9D" w:rsidP="000D2174">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve">ЕГН </w:t>
             </w:r>
             <w:r w:rsidR="00050FED">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6939,524 +6935,136 @@
       <w:r w:rsidR="00613F5B">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>с предстояща смяна на до</w:t>
       </w:r>
       <w:r w:rsidR="00BD3665">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ставчик</w:t>
       </w:r>
       <w:r w:rsidR="00613F5B">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>/координатор</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00613F5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>координатор</w:t>
       </w:r>
       <w:r w:rsidR="00454C9D">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> на свободен пазар.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B394EB7" w14:textId="77777777" w:rsidR="00461E30" w:rsidRPr="008E3DF5" w:rsidRDefault="00461E30" w:rsidP="00461E30">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...383 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="1205309B" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Информация относно обработване на лични данни:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C265ADC" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Декларирам, че ми е </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">предоставена и се запознах с информация относно обработването на лични данни от страна на дружеството в качеството му на администратор, както и за правата ми по Общия регламент за защита на данните. Във връзка с този документ се запознах със следната конкретна информация:                                                                           </w:t>
+        <w:t xml:space="preserve">Декларирам, че ми е предоставена и се запознах с информация относно обработването на лични данни от страна на дружеството в качеството му на администратор, както и за правата ми по Общия регламент за защита на данните. Във връзка с този документ се запознах със следната конкретна информация:                                                                           </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16789EBD" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
@@ -7468,51 +7076,51 @@
         <w:t xml:space="preserve">Цел на обработване на личните данни: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Изготвяне на удостоверение за липса на задължения с цел участие на пазара на електроенергия по свободно договорени цени</w:t>
       </w:r>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6E7308" w14:textId="64DF2500" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
+    <w:p w14:paraId="2C6E7308" w14:textId="42141133" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -7521,51 +7129,51 @@
         <w:t xml:space="preserve">Правно основание за обработването: </w:t>
       </w:r>
       <w:r w:rsidR="00D518AA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Изпълнение на договор</w:t>
       </w:r>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="243FC07E" w14:textId="5F9B56FA" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
+    <w:p w14:paraId="243FC07E" w14:textId="16E4AD78" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -7634,440 +7242,601 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D1682F0" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Събирането на личните данни е изискване за този документ и непредоставянето им ще доведе до невъзможност за изпълнение от страна на дружеството. </w:t>
+        <w:t xml:space="preserve">Събирането на личните данни е изискване за този документ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A347CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:noProof/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и непредоставянето им ще доведе до невъзможност за изпълнение от страна на дружеството. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13AA1239" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:noProof/>
           <w:spacing w:val="4"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E89D0DF" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Запознат съм, че мога да оттегля съгласието си по всяко време чрез заявление в ЕВН Офис или на имейл: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081EF5BF" w14:textId="30EE78E4" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
+    <w:p w14:paraId="081EF5BF" w14:textId="148DFCAD" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00A347CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>info@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26C6683F" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
+    <w:p w14:paraId="26C6683F" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Информиран съм, че оттеглянето на съгласието не засяга законосъобразността на обработването, основано на дадено съгласие преди </w:t>
-[...8 lines deleted...]
-        <w:t>неговото оттегляне.</w:t>
+        <w:t>Информиран съм, че оттеглянето на съгласието не засяга законосъобразността на обработването, основано на дадено съгласие преди неговото оттегляне.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2499F3C8" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
+    <w:p w14:paraId="0B2BB819" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A347CA" w:rsidRDefault="00A25B4C" w:rsidP="00A347CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="412A10A7" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
+    <w:p w14:paraId="33C5DC8D" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A347CA">
+      <w:r w:rsidRPr="00A25B4C">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Име и подпис: </w:t>
+        <w:t>Директен маркетинг:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A347CA">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10129" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2790"/>
+        <w:gridCol w:w="7339"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A25B4C" w:rsidRPr="00601E41" w14:paraId="3A3D3884" w14:textId="77777777" w:rsidTr="00A25B4C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2790" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48AACA37" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B1C7446" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DA58887" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Давам съгласието си</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0273A0DA" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28EE7DC6" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="605BDFB5" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Не давам съгласието си</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FA21E3C" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7339" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="496ECAD3" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>Дружеството да обработва предоставените от мен лични данни за целите на директен маркетинг, включително, но не само, предлагане на стоки и услуги, маркетинг и реклама по всякакви комуникационни канали (включително поща, телефон, електронна поща, SMS, мобилни приложения, социални медии или по друг директен начин), анализ на потребителското поведение и предпочитания, както и допитване и проучване относно предлаганите стоки и услуги, нови продукти и инициативи на дружеството.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A67D120" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>Информиран съм, че:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BCE959D" w14:textId="43D62F84" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мога да оттегля съгласието си по всяко време чрез заявление в ЕВН Офис или на имейл: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="0004315B" w:rsidRPr="0004315B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                  <w:bCs/>
+                  <w:sz w:val="19"/>
+                  <w:szCs w:val="19"/>
+                  <w:lang w:val="bg-BG"/>
+                </w:rPr>
+                <w:t>info@</w:t>
+              </w:r>
+              <w:r w:rsidR="0004315B" w:rsidRPr="0004315B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                  <w:bCs/>
+                  <w:sz w:val="19"/>
+                  <w:szCs w:val="19"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>evn</w:t>
+              </w:r>
+              <w:r w:rsidR="0004315B" w:rsidRPr="0004315B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                  <w:bCs/>
+                  <w:sz w:val="19"/>
+                  <w:szCs w:val="19"/>
+                  <w:lang w:val="bg-BG"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="0004315B" w:rsidRPr="0004315B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                  <w:bCs/>
+                  <w:sz w:val="19"/>
+                  <w:szCs w:val="19"/>
+                  <w:lang w:val="bg-BG"/>
+                </w:rPr>
+                <w:t>bg</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00601E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F4E6B78" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="4"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25B4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>оттеглянето на съгласието не засяга законосъобразността на обработването, основано на дадено съгласие преди неговото оттегляне.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E7DC6B6" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="59ADF84B" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A25B4C">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A347CA">
+      </w:pPr>
+      <w:r w:rsidRPr="00A25B4C">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...107 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>При липса на отбелязване се приема, че не е дадено съгласие.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05CDBE13" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
+    <w:p w14:paraId="118C980C" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRDefault="00A25B4C" w:rsidP="00A347CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4101857E" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
-[...118 lines deleted...]
-    <w:p w14:paraId="1BCF2ACA" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
+    <w:p w14:paraId="60BD3C23" w14:textId="77777777" w:rsidR="00A25B4C" w:rsidRPr="00A347CA" w:rsidRDefault="00A25B4C" w:rsidP="00A347CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75A9596D" w14:textId="77777777" w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidRDefault="00A347CA" w:rsidP="00A347CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A347CA">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
@@ -8215,139 +7984,139 @@
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:color w:val="000000"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A347CA" w:rsidRPr="00A347CA" w:rsidSect="00B21815">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1391" w:right="1417" w:bottom="1276" w:left="1418" w:header="283" w:footer="283" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="421F168A" w14:textId="77777777" w:rsidR="0041153B" w:rsidRDefault="0041153B">
+    <w:p w14:paraId="5C4B3C5C" w14:textId="77777777" w:rsidR="006206D3" w:rsidRDefault="006206D3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37A617EA" w14:textId="77777777" w:rsidR="0041153B" w:rsidRDefault="0041153B">
+    <w:p w14:paraId="3225830B" w14:textId="77777777" w:rsidR="006206D3" w:rsidRDefault="006206D3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Frutiger Next for EVN Light">
+    <w:panose1 w:val="020B0303040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Letter Gothic">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Frutiger Next for EVN Light">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="117DC9F7" w14:textId="77777777" w:rsidR="00CB03CF" w:rsidRPr="00CB03CF" w:rsidRDefault="00CB03CF" w:rsidP="000438DD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:spacing w:line="160" w:lineRule="exact"/>
       <w:ind w:right="1701"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000438DD">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:tab/>
@@ -8447,51 +8216,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:noProof/>
         <w:spacing w:val="4"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00CB03CF">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A4B53F4" w14:textId="77777777" w:rsidR="00B21815" w:rsidRDefault="00B21815" w:rsidP="002425C5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4508"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="66E09EBD" w14:textId="77777777" w:rsidR="00C55ABB" w:rsidRPr="007A027A" w:rsidRDefault="002425C5" w:rsidP="00C55ABB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
@@ -8555,124 +8324,128 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6B7BA98F" w14:textId="239E1946" w:rsidR="002425C5" w:rsidRPr="002425C5" w:rsidRDefault="00A347CA" w:rsidP="0033083D">
+                        <w:p w14:paraId="6B7BA98F" w14:textId="109CB997" w:rsidR="002425C5" w:rsidRPr="00601E41" w:rsidRDefault="00A347CA" w:rsidP="0033083D">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
+                              <w:lang w:val="bg-BG"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
-                            <w:t>KK009-</w:t>
+                            <w:t>KK009-0</w:t>
                           </w:r>
-                          <w:r w:rsidR="002B3BF9">
+                          <w:r w:rsidR="00601E41">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
+                              <w:lang w:val="bg-BG"/>
                             </w:rPr>
-                            <w:t>1224</w:t>
+                            <w:t>226</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="60350899" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-67.75pt;margin-top:765.75pt;width:35.7pt;height:69.95pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdymA23wEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC81/IzcQTLQZogRYH0&#10;AaT9AIqiLKISl92lLfnvu6Qcx21vRS8EyaVmZ2ZHm9uha8XBIFlwhZxNplIYp6GyblfI798e362l&#10;oKBcpVpwppBHQ/J2+/bNpve5mUMDbWVQMIijvPeFbELweZaRbkynaALeOC7WgJ0KfMRdVqHqGb1r&#10;s/l0epX1gJVH0IaIbx/Gotwm/Lo2OnypazJBtIVkbiGtmNYyrtl2o/IdKt9YfaKh/oFFp6zjpmeo&#10;BxWU2KP9C6qzGoGgDhMNXQZ1bbVJGljNbPqHmudGeZO0sDnkzzbR/4PVnw/P/iuKMLyHgQeYRJB/&#10;Av2DhIP7RrmduUOEvjGq4sazaFnWe8pPn0arKacIUvafoOIhq32ABDTU2EVXWKdgdB7A8Wy6GYLQ&#10;fLlcLRY3XNFcWq/Xi6tV6qDyl489UvhgoBNxU0jkmSZwdXiiEMmo/OVJ7OXg0bZtmmvrfrvgh/Em&#10;kY98R+ZhKAd+HUWUUB1ZBsIYE441b+I6v2aCPaekkPRzr9BI0X507MbNbLmMsUqH5ep6zge8rJSX&#10;FeV0Axy+IMW4vQ9jFPce7a7hZqP/Du7Ywdomda/ETtQ5CUn0KbUxapfn9Or139r+AgAA//8DAFBL&#10;AwQUAAYACAAAACEAz4Iw9uQAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+EMBCF7yb+h2ZM&#10;vLGlsqBBysZo3MSL2UU9eCu0ApFOkXYX9t87e9LbzLyXN98rNosd2NFMvncoQaxiYAYbp3tsJby/&#10;PUd3wHxQqNXg0Eg4GQ+b8vKiULl2M+7NsQotoxD0uZLQhTDmnPumM1b5lRsNkvblJqsCrVPL9aRm&#10;CrcDv4njjFvVI33o1GgeO9N8Vwcr4aN+PQ37MfmM+/llt2x/dtXTtpXy+mp5uAcWzBL+zHDGJ3Qo&#10;ial2B9SeDRIikaQpeUlJE0ETeaJsLYDVdMpuxRp4WfD/NcpfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJ3KYDbfAQAAowMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAM+CMPbkAAAADgEAAA8AAAAAAAAAAAAAAAAAOQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="6B7BA98F" w14:textId="239E1946" w:rsidR="002425C5" w:rsidRPr="002425C5" w:rsidRDefault="00A347CA" w:rsidP="0033083D">
+                  <w:p w14:paraId="6B7BA98F" w14:textId="109CB997" w:rsidR="002425C5" w:rsidRPr="00601E41" w:rsidRDefault="00A347CA" w:rsidP="0033083D">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
+                        <w:lang w:val="bg-BG"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
-                      <w:t>KK009-</w:t>
+                      <w:t>KK009-0</w:t>
                     </w:r>
-                    <w:r w:rsidR="002B3BF9">
+                    <w:r w:rsidR="00601E41">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
+                        <w:lang w:val="bg-BG"/>
                       </w:rPr>
-                      <w:t>1224</w:t>
+                      <w:t>226</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00C55ABB" w:rsidRPr="00686798">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>ЕВН България</w:t>
     </w:r>
     <w:r w:rsidR="00C55ABB">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:spacing w:val="2"/>
@@ -9068,70 +8841,70 @@
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:noProof/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00A347CA" w:rsidRPr="00A347CA">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>/2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6AD509EB" w14:textId="77777777" w:rsidR="0041153B" w:rsidRDefault="0041153B">
+    <w:p w14:paraId="02262366" w14:textId="77777777" w:rsidR="006206D3" w:rsidRDefault="006206D3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EF71BFB" w14:textId="77777777" w:rsidR="0041153B" w:rsidRDefault="0041153B">
+    <w:p w14:paraId="0DFB36EC" w14:textId="77777777" w:rsidR="006206D3" w:rsidRDefault="006206D3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6DA40CDB" w14:textId="77777777" w:rsidR="000D7B3F" w:rsidRDefault="00CD6936">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0248796F" wp14:editId="31673A51">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>6012815</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>345440</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1058400" cy="370800"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -9158,51 +8931,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1058400" cy="370800"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ED81C1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62FE0CA4"/>
     <w:lvl w:ilvl="0" w:tplc="734E1716">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:sz w:val="19"/>
         <w:szCs w:val="19"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -9250,50 +9023,162 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2DF4240E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3C6C8794"/>
+    <w:lvl w:ilvl="0" w:tplc="E348BCCA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:eastAsia="Times New Roman" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59F30BB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DAAA6C62"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9362,51 +9247,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DB02367"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34CE4DB6"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9479,265 +9364,274 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1229344595">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="768083564">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1803620530">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1803620530">
+  <w:num w:numId="4" w16cid:durableId="1053313037">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="124"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-AT" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="jXCVkMmOFntJpr3LjQz6Xm/AqTc15X3M4APKxpuVrgOo7Dm+i+gJSdEud98ftryOT/fMnvsY289f0+YO0/0v1w==" w:salt="SSCXy3KeNS5+Hl5T+1TceA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yWdpQe/VK4sQna02wosM3/6O2pFrPMSWbVnkTqZnVOZkr2mzU+RCmxZxJDJZBP+A5HUCbE3ctb5PKyrWCUsX4w==" w:salt="4dYwwVCFtgS5rkUepTl1IQ=="/>
   <w:defaultTabStop w:val="567"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D3ABF"/>
     <w:rsid w:val="00022AF6"/>
+    <w:rsid w:val="0004315B"/>
     <w:rsid w:val="000438DD"/>
     <w:rsid w:val="00050FED"/>
     <w:rsid w:val="0006755B"/>
     <w:rsid w:val="000736CF"/>
     <w:rsid w:val="00074770"/>
     <w:rsid w:val="000A213C"/>
     <w:rsid w:val="000D3ABF"/>
     <w:rsid w:val="000D42F3"/>
     <w:rsid w:val="000D7B3F"/>
     <w:rsid w:val="001038CF"/>
     <w:rsid w:val="001162D7"/>
     <w:rsid w:val="00185B66"/>
     <w:rsid w:val="00191663"/>
     <w:rsid w:val="00191DA9"/>
     <w:rsid w:val="0019226D"/>
     <w:rsid w:val="001B0602"/>
     <w:rsid w:val="001B3025"/>
     <w:rsid w:val="002425C5"/>
     <w:rsid w:val="00243F41"/>
     <w:rsid w:val="00247907"/>
     <w:rsid w:val="002730DC"/>
-    <w:rsid w:val="002B1242"/>
     <w:rsid w:val="002B2267"/>
-    <w:rsid w:val="002B3BF9"/>
     <w:rsid w:val="002B77F0"/>
     <w:rsid w:val="002C2321"/>
     <w:rsid w:val="00312895"/>
     <w:rsid w:val="0031343B"/>
     <w:rsid w:val="0035347B"/>
     <w:rsid w:val="0039064D"/>
     <w:rsid w:val="003C4DC5"/>
     <w:rsid w:val="003F2211"/>
     <w:rsid w:val="0041153B"/>
     <w:rsid w:val="00434A87"/>
+    <w:rsid w:val="00451211"/>
     <w:rsid w:val="00454C9D"/>
     <w:rsid w:val="00461E30"/>
+    <w:rsid w:val="004A34DC"/>
     <w:rsid w:val="004C756B"/>
     <w:rsid w:val="004E6E38"/>
     <w:rsid w:val="00500EC8"/>
     <w:rsid w:val="0053071B"/>
     <w:rsid w:val="00536E9C"/>
     <w:rsid w:val="0057793A"/>
     <w:rsid w:val="00590D5E"/>
     <w:rsid w:val="005A24E6"/>
     <w:rsid w:val="005F272B"/>
+    <w:rsid w:val="00601E41"/>
     <w:rsid w:val="00613F5B"/>
     <w:rsid w:val="00614DA4"/>
+    <w:rsid w:val="006206D3"/>
     <w:rsid w:val="00620FEB"/>
     <w:rsid w:val="00636657"/>
     <w:rsid w:val="00640F10"/>
     <w:rsid w:val="00645BF9"/>
     <w:rsid w:val="00670125"/>
     <w:rsid w:val="00674C47"/>
     <w:rsid w:val="00681BCE"/>
     <w:rsid w:val="00686798"/>
     <w:rsid w:val="006A12D4"/>
     <w:rsid w:val="006B5C83"/>
     <w:rsid w:val="006E71D6"/>
     <w:rsid w:val="0076516F"/>
     <w:rsid w:val="00784304"/>
     <w:rsid w:val="00792940"/>
     <w:rsid w:val="007A027A"/>
     <w:rsid w:val="007A0904"/>
     <w:rsid w:val="007A19D5"/>
     <w:rsid w:val="007B1141"/>
     <w:rsid w:val="007C17DC"/>
     <w:rsid w:val="007C4FCB"/>
     <w:rsid w:val="007D72CD"/>
     <w:rsid w:val="007F6607"/>
     <w:rsid w:val="008224E8"/>
     <w:rsid w:val="00826E39"/>
     <w:rsid w:val="00853C90"/>
     <w:rsid w:val="008D3D2E"/>
     <w:rsid w:val="008E3DF5"/>
     <w:rsid w:val="008E5DBD"/>
     <w:rsid w:val="008E6342"/>
+    <w:rsid w:val="00905759"/>
     <w:rsid w:val="00907072"/>
     <w:rsid w:val="00907A37"/>
     <w:rsid w:val="009374DF"/>
     <w:rsid w:val="00937BCD"/>
     <w:rsid w:val="009569EE"/>
     <w:rsid w:val="00966363"/>
-    <w:rsid w:val="0097305A"/>
     <w:rsid w:val="00974384"/>
     <w:rsid w:val="009C7219"/>
     <w:rsid w:val="009D62DF"/>
     <w:rsid w:val="009F29D8"/>
     <w:rsid w:val="00A07BFA"/>
+    <w:rsid w:val="00A12357"/>
+    <w:rsid w:val="00A25B4C"/>
     <w:rsid w:val="00A347CA"/>
     <w:rsid w:val="00A51C43"/>
     <w:rsid w:val="00A545FF"/>
     <w:rsid w:val="00A61ABC"/>
     <w:rsid w:val="00A62FB0"/>
     <w:rsid w:val="00A63DC6"/>
     <w:rsid w:val="00A71C3A"/>
     <w:rsid w:val="00A91B22"/>
     <w:rsid w:val="00AA0333"/>
     <w:rsid w:val="00AB23F7"/>
     <w:rsid w:val="00AD217D"/>
     <w:rsid w:val="00AD5A07"/>
     <w:rsid w:val="00AE1326"/>
     <w:rsid w:val="00AF49F8"/>
     <w:rsid w:val="00B21815"/>
     <w:rsid w:val="00B61CD6"/>
     <w:rsid w:val="00B631B8"/>
     <w:rsid w:val="00BA32C3"/>
-    <w:rsid w:val="00BA74E2"/>
     <w:rsid w:val="00BD3665"/>
     <w:rsid w:val="00BD376F"/>
     <w:rsid w:val="00C42B98"/>
     <w:rsid w:val="00C45F4B"/>
     <w:rsid w:val="00C55ABB"/>
     <w:rsid w:val="00C61778"/>
     <w:rsid w:val="00C93E44"/>
     <w:rsid w:val="00C963B0"/>
     <w:rsid w:val="00CA798D"/>
     <w:rsid w:val="00CB03CF"/>
     <w:rsid w:val="00CD6936"/>
     <w:rsid w:val="00CF0D7E"/>
     <w:rsid w:val="00D204D4"/>
     <w:rsid w:val="00D518AA"/>
     <w:rsid w:val="00D66246"/>
     <w:rsid w:val="00DA540C"/>
     <w:rsid w:val="00DF35D2"/>
     <w:rsid w:val="00DF5B90"/>
     <w:rsid w:val="00DF68A0"/>
     <w:rsid w:val="00E02A15"/>
     <w:rsid w:val="00E27D7D"/>
     <w:rsid w:val="00E51E49"/>
     <w:rsid w:val="00E872D3"/>
+    <w:rsid w:val="00E978F7"/>
     <w:rsid w:val="00EC0AEE"/>
     <w:rsid w:val="00EE3DA5"/>
     <w:rsid w:val="00EF23ED"/>
+    <w:rsid w:val="00F15F7D"/>
     <w:rsid w:val="00F91289"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="13AE1EC4"/>
   <w15:docId w15:val="{D85185CF-7308-4C47-ACF0-976E0FA32BE2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -10361,90 +10255,128 @@
     <w:rPr>
       <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BD376F"/>
     <w:rPr>
       <w:rFonts w:ascii="Letter Gothic" w:hAnsi="Letter Gothic"/>
       <w:lang w:eastAsia="de-AT"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A25B4C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1380125835">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1560937953">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1848329674">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1920940329">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@evn.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@evn.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@evn.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@evn.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -10696,325 +10628,106 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-</file>
-[...193 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CE642A8-8FFB-4A9C-9D35-10BF44A379A2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>831</Words>
-  <Characters>4743</Characters>
+  <Words>844</Words>
+  <Characters>4817</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVN AG</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5563</CharactersWithSpaces>
+  <CharactersWithSpaces>5650</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7209084</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.evn.at/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7274517</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -11027,33 +10740,25 @@
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:office@evn-abfallverwertung.at</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Florian Petra</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>