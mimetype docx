--- v0 (2025-10-15)
+++ v1 (2026-02-15)
@@ -7,78 +7,77 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6D7D933E" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRDefault="00A31D7A"/>
     <w:p w14:paraId="6D7D933F" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRDefault="00A31D7A"/>
     <w:p w14:paraId="6D7D9340" w14:textId="77777777" w:rsidR="00CB4848" w:rsidRDefault="00CB4848"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9777" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4888"/>
         <w:gridCol w:w="4889"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D3423" w:rsidRPr="00CB4848" w14:paraId="6D7D934B" w14:textId="77777777" w:rsidTr="00A31D7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D7D9341" w14:textId="77777777" w:rsidR="00390106" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -87,91 +86,51 @@
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00390106" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00035D30" w:rsidRPr="00035D30">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">"ЕВН </w:t>
-[...39 lines deleted...]
-              <w:t>" ЕАД</w:t>
+              <w:t>"ЕВН България Топлофикация" ЕАД</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D7D9342" w14:textId="77777777" w:rsidR="00673E21" w:rsidRPr="00CB4848" w:rsidRDefault="00673E21" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D7D9343" w14:textId="77777777" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="00390106" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
@@ -333,73 +292,70 @@
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>............................</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D7D9345" w14:textId="77777777" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00CB4848">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Вх</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
@@ -612,87 +568,87 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:bCs/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>записва се кодът на услугата/</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D7D9347" w14:textId="77777777" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
+          <w:p w14:paraId="6D7D9347" w14:textId="2FE73A9D" w:rsidR="008D3423" w:rsidRPr="00CB4848" w:rsidRDefault="008D3423" w:rsidP="00636CCD">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Такса</w:t>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text3"/>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CB4848">
+            <w:r w:rsidR="0026201F">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t>лв.</w:t>
+              <w:t>€</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="......................."/>
                   </w:textInput>
@@ -739,71 +695,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidR="00CB4848" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t>Ф-</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> №</w:t>
+              <w:t>Ф-ра №</w:t>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text4"/>
             <w:r w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">:   </w:t>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BD4F46" w:rsidRPr="00CB4848">
               <w:rPr>
                 <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
@@ -1433,65 +1369,52 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">име, презиме, </w:t>
       </w:r>
       <w:r w:rsidR="009364C7" w:rsidRPr="00BF6193">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">фамилия </w:t>
       </w:r>
       <w:r w:rsidR="00C8466B" w:rsidRPr="00BF6193">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">на </w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>на титуляра</w:t>
+      </w:r>
       <w:r w:rsidR="009364C7" w:rsidRPr="00BF6193">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:r w:rsidR="00292AE7" w:rsidRPr="00BF6193">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>фирма</w:t>
       </w:r>
       <w:r w:rsidR="009364C7" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -1644,60 +1567,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="Kontrollkästchen1"/>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00424CA3">
-[...8 lines deleted...]
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00D34DEE" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -1735,60 +1658,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Kontrollkästchen2"/>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00424CA3">
-[...8 lines deleted...]
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00ED11FD" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -3005,77 +2928,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="0082408D" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                   /</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">                   /представляващ: </w:t>
       </w:r>
       <w:r w:rsidR="0082408D" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>име, презиме, фамилия /</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13936A09" w14:textId="77777777" w:rsidR="00C8466B" w:rsidRDefault="00C8466B" w:rsidP="00187542">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4860"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
@@ -3149,60 +3046,60 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00424CA3">
-[...8 lines deleted...]
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
@@ -3238,60 +3135,60 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00424CA3">
-[...8 lines deleted...]
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
@@ -3307,60 +3204,60 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00424CA3">
-[...8 lines deleted...]
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
@@ -5293,60 +5190,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="Check1"/>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00424CA3">
-[...8 lines deleted...]
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -5364,60 +5261,60 @@
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="Check2"/>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00424CA3">
-[...8 lines deleted...]
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00D106C4" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -6326,60 +6223,60 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00BF6193" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00424CA3">
-[...8 lines deleted...]
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidR="00BF6193" w:rsidRPr="00A31D7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BF6193" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BF6193" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00F1432A" w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="19"/>
@@ -7132,99 +7029,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>ложените документи от клиентите</w:t>
       </w:r>
       <w:r w:rsidRPr="00A31D7A">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> срокът за изпълнение на услугата става невалиден.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3276D275" w14:textId="77777777" w:rsidR="00A24113" w:rsidRDefault="00A24113" w:rsidP="00A24113">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:spacing w:val="4"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
-          <w:lang w:val="bg-BG"/>
-[...47 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D7D9375" w14:textId="77777777" w:rsidR="00A31D7A" w:rsidRPr="000B7281" w:rsidRDefault="00A31D7A" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D7D9376" w14:textId="3542B315" w:rsidR="00292AE7" w:rsidRPr="00672F50" w:rsidRDefault="00292AE7" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
@@ -7509,59 +7357,59 @@
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="Kontrollkästchen3"/>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="00D34DEE" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -7592,59 +7440,59 @@
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="Kontrollkästchen4"/>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00424CA3">
+      <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidR="00292AE7" w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -7849,51 +7697,51 @@
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Упълномощено лице:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A24113">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D7D937A" w14:textId="030921CC" w:rsidR="006411E3" w:rsidRPr="00DB66BC" w:rsidRDefault="00BF6193" w:rsidP="00BD4F46">
+    <w:p w14:paraId="6D7D937A" w14:textId="35794C8E" w:rsidR="006411E3" w:rsidRPr="00DB66BC" w:rsidRDefault="00BF6193" w:rsidP="00BD4F46">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -7932,110 +7780,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00672F50">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Име</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Име и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF6193">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00BF6193">
+        </w:rPr>
+        <w:t>фамилия</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>фамилия</w:t>
-[...22 lines deleted...]
-        <w:t>когато желаната услуга засяга всички ползватели</w:t>
+        <w:t xml:space="preserve"> (когато желаната услуга засяга всички ползватели</w:t>
       </w:r>
       <w:r w:rsidR="00947419">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> в СЕС</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D7D937B" w14:textId="3211840F" w:rsidR="006411E3" w:rsidRPr="00DB66BC" w:rsidRDefault="00A24113" w:rsidP="00BD4F46">
@@ -8592,61 +8413,61 @@
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D7D938F" w14:textId="77777777" w:rsidR="006411E3" w:rsidRDefault="006411E3" w:rsidP="006411E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Запознат съм, че мога да оттегля съгласието си по всяко време чрез заявление в ЕВН Офис или на имейл:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D7D9390" w14:textId="77777777" w:rsidR="006411E3" w:rsidRPr="006411E3" w:rsidRDefault="00424CA3" w:rsidP="006411E3">
+    <w:p w14:paraId="6D7D9390" w14:textId="77777777" w:rsidR="006411E3" w:rsidRPr="006411E3" w:rsidRDefault="006411E3" w:rsidP="006411E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="006411E3">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>info@evn.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6D7D9391" w14:textId="77777777" w:rsidR="006411E3" w:rsidRDefault="006411E3" w:rsidP="006411E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D7D9392" w14:textId="77777777" w:rsidR="006411E3" w:rsidRDefault="006411E3" w:rsidP="006411E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -8835,140 +8656,140 @@
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006411E3" w:rsidRPr="006411E3" w:rsidSect="00A31D7A">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="283" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6D7D9398" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6D7D9399" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger Next for EVN Light">
-    <w:altName w:val="Corbel Light"/>
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0303040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6D7D939B" w14:textId="77777777" w:rsidR="000B7281" w:rsidRDefault="000B7281" w:rsidP="00CB4848">
     <w:pPr>
       <w:rPr>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="de-DE" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6D7D939C" w14:textId="77777777" w:rsidR="007566F1" w:rsidRPr="007566F1" w:rsidRDefault="007566F1" w:rsidP="007566F1">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2268"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
@@ -9024,106 +8845,100 @@
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
       <w:t>ул. Христо Г. Данов 37</w:t>
     </w:r>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="de-DE" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>info</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>@</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="de-DE" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>evn</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="4"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="de-DE" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
   </w:p>
   <w:p w14:paraId="6D7D939D" w14:textId="77777777" w:rsidR="00CB4848" w:rsidRPr="007566F1" w:rsidRDefault="007566F1" w:rsidP="007566F1">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:b/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
@@ -9201,251 +9016,261 @@
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>www</w:t>
     </w:r>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>evn</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="bg-BG" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="007566F1">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Times New Roman"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00CB4848">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D7D93A0" wp14:editId="6D7D93A1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-626745</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9906000</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="334800" cy="698400"/>
               <wp:effectExtent l="0" t="0" r="0" b="6985"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="334800" cy="698400"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6D7D93A2" w14:textId="2050B004" w:rsidR="00CB4848" w:rsidRPr="0065050E" w:rsidRDefault="00CB4848" w:rsidP="008E2018">
+                        <w:p w14:paraId="6D7D93A2" w14:textId="7F20E354" w:rsidR="00CB4848" w:rsidRPr="00EF4DD8" w:rsidRDefault="00A77762" w:rsidP="008E2018">
                           <w:pPr>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="003951D9">
+                          <w:r>
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
-                            <w:t>HM418</w:t>
+                            <w:t>N</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="003951D9">
+                          <w:r w:rsidR="00CB4848" w:rsidRPr="003951D9">
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                            <w:t>M418</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00CB4848" w:rsidRPr="003951D9">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                             <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidR="0065050E">
+                          <w:r w:rsidR="00EF4DD8">
                             <w:rPr>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
-                            <w:t>0323</w:t>
+                            <w:t>0126</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6D7D93A0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-49.35pt;margin-top:780pt;width:26.35pt;height:55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHxP+g3gEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9Fu0zAUfUfiHyy/06Rd2Lqo6TQ2DSGN&#10;gTT4AMexE4vE11y7Tfr3XDtdV+AN8WLZvs6555x7srmZhp7tFXoDtuLLRc6ZshIaY9uKf//28G7N&#10;mQ/CNqIHqyp+UJ7fbN++2YyuVCvooG8UMgKxvhxdxbsQXJllXnZqEH4BTlkqasBBBDpimzUoRkIf&#10;+myV55fZCNg4BKm8p9v7uci3CV9rJcMXrb0KrK84cQtpxbTWcc22G1G2KFxn5JGG+AcWgzCWmp6g&#10;7kUQbIfmL6jBSAQPOiwkDBlobaRKGkjNMv9DzXMnnEpayBzvTjb5/wcrn/bP7iuyMH2AiQaYRHj3&#10;CPKHZxbuOmFbdYsIY6dEQ42X0bJsdL48fhqt9qWPIPX4GRoastgFSECTxiG6QjoZodMADifT1RSY&#10;pMuLi2KdU0VS6fJ6XdA+dhDly8cOffioYGBxU3GkmSZwsX/0YX768iT2svBg+j7Ntbe/XRBmvEnk&#10;I9+ZeZjqiV5HETU0B5KBMMeEYk2buK6uiOBIKam4/7kTqDjrP1ly43pZFDFW6VC8v1rRAc8r9XlF&#10;WNkBhS9wNm/vwhzFnUPTdtRs9t/CLTmoTVL3SuxInZKQ/DmmNkbt/Jxevf5b218AAAD//wMAUEsD&#10;BBQABgAIAAAAIQDlWjX34AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE/LTsMwELwj8Q/WInFL&#10;bV5pCXEqBKISF9QGOHBz4iWJiNchdpv071lOcNt5aHYmX8+uFwccQ+dJw8VCgUCqve2o0fD2+pSs&#10;QIRoyJreE2o4YoB1cXqSm8z6iXZ4KGMjOIRCZjS0MQ6ZlKFu0Zmw8AMSa59+dCYyHBtpRzNxuOvl&#10;pVKpdKYj/tCaAR9arL/KvdPwXr0c+91w9aG66Xk7b7635eOm0fr8bL6/AxFxjn9m+K3P1aHgTpXf&#10;kw2i15DcrpZsZeEmVbyKLcl1ykfFVLpkSha5/L+i+AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCHxP+g3gEAAKMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDlWjX34AAAAA0BAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="6D7D93A2" w14:textId="2050B004" w:rsidR="00CB4848" w:rsidRPr="0065050E" w:rsidRDefault="00CB4848" w:rsidP="008E2018">
+                  <w:p w14:paraId="6D7D93A2" w14:textId="7F20E354" w:rsidR="00CB4848" w:rsidRPr="00EF4DD8" w:rsidRDefault="00A77762" w:rsidP="008E2018">
                     <w:pPr>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="003951D9">
+                    <w:r>
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
-                      <w:t>HM418</w:t>
+                      <w:t>N</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="003951D9">
+                    <w:r w:rsidR="00CB4848" w:rsidRPr="003951D9">
+                      <w:rPr>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="14"/>
+                      </w:rPr>
+                      <w:t>M418</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00CB4848" w:rsidRPr="003951D9">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidR="0065050E">
+                    <w:r w:rsidR="00EF4DD8">
                       <w:rPr>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
-                      <w:t>0323</w:t>
+                      <w:t>0126</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6D7D9396" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6D7D9397" w14:textId="77777777" w:rsidR="00636CCD" w:rsidRDefault="00636CCD" w:rsidP="00163192">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6D7D939A" w14:textId="77777777" w:rsidR="008F7D84" w:rsidRPr="00A31D7A" w:rsidRDefault="00CB4848" w:rsidP="0046392E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D7D939E" wp14:editId="6D7D939F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>6012815</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>345440</wp:posOffset>
@@ -9487,51 +9312,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15447D52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA3CB470"/>
     <w:lvl w:ilvl="0" w:tplc="0C07000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9846,62 +9671,62 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1376153186">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1703478799">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1652057346">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="52320290">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2086997035">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yThOZ/Ud4wrnh0FxxhMr6Kaqwf8UwibSht9QFSZTy3e7DSs2bpWOgouT77LP8nizK1UY/b5Pbxav1j3fn6AsBg==" w:salt="HNynLwHixLt0nELTxg4lBA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="8IPy08yE4I9cRDeohSBD10KPG1UpEHaDQ1IzrxODf0vHUBICv0gzAPDQFh+XBNDBjQOG/3mB4qatGsgT8Ezhkg==" w:salt="zmp6fgCxGo0PG/FNgu2J+A=="/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="37889"/>
+    <o:shapedefaults v:ext="edit" spidmax="44033"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="FLIR_DOCUMENT_ID" w:val="f307965b-60a1-4585-940b-b098957f8fb6"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00434D25"/>
     <w:rsid w:val="000112E5"/>
     <w:rsid w:val="000268FB"/>
     <w:rsid w:val="00030F1B"/>
     <w:rsid w:val="00033258"/>
@@ -9914,85 +9739,89 @@
     <w:rsid w:val="00074E32"/>
     <w:rsid w:val="00076DD3"/>
     <w:rsid w:val="00084A03"/>
     <w:rsid w:val="000B7281"/>
     <w:rsid w:val="000C54E6"/>
     <w:rsid w:val="000E30BD"/>
     <w:rsid w:val="001309E4"/>
     <w:rsid w:val="00132B15"/>
     <w:rsid w:val="00143193"/>
     <w:rsid w:val="00155F38"/>
     <w:rsid w:val="0016003A"/>
     <w:rsid w:val="00163058"/>
     <w:rsid w:val="00163192"/>
     <w:rsid w:val="00166A91"/>
     <w:rsid w:val="0017523F"/>
     <w:rsid w:val="00187542"/>
     <w:rsid w:val="001D3246"/>
     <w:rsid w:val="001D5DED"/>
     <w:rsid w:val="001E541E"/>
     <w:rsid w:val="001F6F16"/>
     <w:rsid w:val="002030A6"/>
     <w:rsid w:val="002050B0"/>
     <w:rsid w:val="00216E49"/>
     <w:rsid w:val="00230234"/>
     <w:rsid w:val="002448EA"/>
+    <w:rsid w:val="0026201F"/>
     <w:rsid w:val="00277C5C"/>
     <w:rsid w:val="00284022"/>
     <w:rsid w:val="00292AE7"/>
     <w:rsid w:val="002933E2"/>
     <w:rsid w:val="002A6274"/>
     <w:rsid w:val="002C2F1B"/>
     <w:rsid w:val="002C52E3"/>
     <w:rsid w:val="002E5243"/>
     <w:rsid w:val="002F7570"/>
     <w:rsid w:val="00301FBD"/>
     <w:rsid w:val="00303AA3"/>
     <w:rsid w:val="0031013D"/>
     <w:rsid w:val="00314F55"/>
     <w:rsid w:val="0032019C"/>
     <w:rsid w:val="0034084A"/>
     <w:rsid w:val="00350730"/>
     <w:rsid w:val="00350C59"/>
     <w:rsid w:val="00351EC9"/>
     <w:rsid w:val="00390106"/>
     <w:rsid w:val="003951D9"/>
     <w:rsid w:val="003C330E"/>
     <w:rsid w:val="003F3E55"/>
     <w:rsid w:val="003F768C"/>
     <w:rsid w:val="004102F8"/>
     <w:rsid w:val="00424CA3"/>
     <w:rsid w:val="00425A34"/>
     <w:rsid w:val="00434D25"/>
     <w:rsid w:val="00436EAC"/>
     <w:rsid w:val="004501BC"/>
     <w:rsid w:val="00454AED"/>
     <w:rsid w:val="00456F19"/>
     <w:rsid w:val="0046392E"/>
     <w:rsid w:val="0048382E"/>
     <w:rsid w:val="00485728"/>
+    <w:rsid w:val="00493CDD"/>
     <w:rsid w:val="004B307A"/>
+    <w:rsid w:val="004F69C7"/>
+    <w:rsid w:val="004F6A1D"/>
     <w:rsid w:val="00530D59"/>
     <w:rsid w:val="005319ED"/>
     <w:rsid w:val="0053263B"/>
     <w:rsid w:val="0054407C"/>
     <w:rsid w:val="00550F73"/>
     <w:rsid w:val="00575809"/>
     <w:rsid w:val="00587685"/>
     <w:rsid w:val="005B03E1"/>
     <w:rsid w:val="005B059C"/>
     <w:rsid w:val="005D1294"/>
     <w:rsid w:val="005E0A48"/>
     <w:rsid w:val="005F5B52"/>
     <w:rsid w:val="006142C1"/>
     <w:rsid w:val="00614CBB"/>
     <w:rsid w:val="00636CCD"/>
     <w:rsid w:val="0064075B"/>
     <w:rsid w:val="006411E3"/>
     <w:rsid w:val="0064634A"/>
     <w:rsid w:val="0065050E"/>
     <w:rsid w:val="00672F50"/>
     <w:rsid w:val="00673E21"/>
     <w:rsid w:val="00675CDB"/>
     <w:rsid w:val="00690CAE"/>
     <w:rsid w:val="006C56C9"/>
     <w:rsid w:val="0071483E"/>
@@ -10014,136 +9843,143 @@
     <w:rsid w:val="0082408D"/>
     <w:rsid w:val="00826FB7"/>
     <w:rsid w:val="00844F40"/>
     <w:rsid w:val="00893A59"/>
     <w:rsid w:val="008B78E7"/>
     <w:rsid w:val="008D3423"/>
     <w:rsid w:val="008E2018"/>
     <w:rsid w:val="008F01A8"/>
     <w:rsid w:val="008F7D84"/>
     <w:rsid w:val="00905092"/>
     <w:rsid w:val="00917C8E"/>
     <w:rsid w:val="009251CA"/>
     <w:rsid w:val="009364C7"/>
     <w:rsid w:val="00937AE1"/>
     <w:rsid w:val="00946426"/>
     <w:rsid w:val="00947419"/>
     <w:rsid w:val="009851BC"/>
     <w:rsid w:val="0099374A"/>
     <w:rsid w:val="009B3C8F"/>
     <w:rsid w:val="009B6B2D"/>
     <w:rsid w:val="009E4696"/>
     <w:rsid w:val="009E67FC"/>
     <w:rsid w:val="00A0665F"/>
     <w:rsid w:val="00A24113"/>
     <w:rsid w:val="00A31D7A"/>
+    <w:rsid w:val="00A77762"/>
+    <w:rsid w:val="00A84910"/>
+    <w:rsid w:val="00AC7424"/>
     <w:rsid w:val="00AE259F"/>
     <w:rsid w:val="00B20CDF"/>
     <w:rsid w:val="00B41A64"/>
     <w:rsid w:val="00B57A02"/>
     <w:rsid w:val="00B93C42"/>
     <w:rsid w:val="00B9654D"/>
     <w:rsid w:val="00BB1918"/>
     <w:rsid w:val="00BB5F9D"/>
     <w:rsid w:val="00BD4F46"/>
     <w:rsid w:val="00BE1FDF"/>
     <w:rsid w:val="00BF6193"/>
     <w:rsid w:val="00C105EB"/>
     <w:rsid w:val="00C36E38"/>
     <w:rsid w:val="00C801AC"/>
     <w:rsid w:val="00C81A7D"/>
     <w:rsid w:val="00C8466B"/>
     <w:rsid w:val="00CA1DC1"/>
     <w:rsid w:val="00CB4848"/>
     <w:rsid w:val="00CB60B9"/>
     <w:rsid w:val="00CC3E76"/>
     <w:rsid w:val="00CC57CD"/>
     <w:rsid w:val="00CD1EA8"/>
     <w:rsid w:val="00CE596F"/>
     <w:rsid w:val="00D106C4"/>
     <w:rsid w:val="00D34DEE"/>
     <w:rsid w:val="00D35BFC"/>
     <w:rsid w:val="00D62BA2"/>
+    <w:rsid w:val="00D96832"/>
     <w:rsid w:val="00D96CE4"/>
     <w:rsid w:val="00DB66BC"/>
     <w:rsid w:val="00DD083B"/>
     <w:rsid w:val="00DF0E2A"/>
     <w:rsid w:val="00DF45C5"/>
     <w:rsid w:val="00E134A7"/>
     <w:rsid w:val="00E536B3"/>
+    <w:rsid w:val="00E70892"/>
     <w:rsid w:val="00E836A7"/>
     <w:rsid w:val="00EA37BA"/>
     <w:rsid w:val="00EA3B2E"/>
     <w:rsid w:val="00EC5865"/>
     <w:rsid w:val="00EC6B1D"/>
     <w:rsid w:val="00ED0C0C"/>
     <w:rsid w:val="00ED11FD"/>
     <w:rsid w:val="00EE6754"/>
+    <w:rsid w:val="00EF4DD8"/>
     <w:rsid w:val="00F1432A"/>
     <w:rsid w:val="00F26634"/>
+    <w:rsid w:val="00F37A6A"/>
     <w:rsid w:val="00F639FE"/>
     <w:rsid w:val="00F86C65"/>
     <w:rsid w:val="00F93777"/>
     <w:rsid w:val="00F97696"/>
     <w:rsid w:val="00FB705E"/>
     <w:rsid w:val="00FC3058"/>
     <w:rsid w:val="00FC7AEA"/>
     <w:rsid w:val="00FD06EB"/>
     <w:rsid w:val="00FE0101"/>
     <w:rsid w:val="00FF7878"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="37889"/>
+    <o:shapedefaults v:ext="edit" spidmax="44033"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6D7D933E"/>
   <w15:docId w15:val="{DF485F94-CA12-48BE-9D22-8EF6F5D99E8A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10616,51 +10452,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="008F01A8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="009E67FC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="994840699">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1735347919">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11130,150 +10966,150 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">TP</_x0414__x0440__x0443__x0436__x0435__x0441__x0442__x0432__x043e_>
     <_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">Заявление за услуга</_x0417__x0430__x0433__x043b__x0430__x0432__x0438__x0435_>
     <Order0 xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5" xsi:nil="true"/>
     <_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_ xmlns="0bfa5fa5-a36f-458c-bb42-d1aaff973de5">публикуван в интернет</_x0414__x043e__x043f__x044a__x043b__x043d__x0438__x0442__x0435__x043b__x043d__x0430__x0020__x0438__x043d__x0444__x043e__x0440__x043c__x0430__x0446__x0438__x044f_>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CF39827-0633-41AC-AFFC-2967DCBB7A31}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0bfa5fa5-a36f-458c-bb42-d1aaff973de5"/>
     <ds:schemaRef ds:uri="c0124f6d-dad5-4a34-9141-9e26d6dc4558"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73F4D966-FE2B-483B-ACC1-0DB51EE0E591}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CC32E10-A06C-4CB1-9829-2F69D1D68A35}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="c0124f6d-dad5-4a34-9141-9e26d6dc4558"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="0bfa5fa5-a36f-458c-bb42-d1aaff973de5"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CC32E10-A06C-4CB1-9829-2F69D1D68A35}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73F4D966-FE2B-483B-ACC1-0DB51EE0E591}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1115</Words>
-  <Characters>6362</Characters>
+  <Words>1112</Words>
+  <Characters>6339</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Вх №</vt:lpstr>
       <vt:lpstr>Вх №</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>erkpz</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7463</CharactersWithSpaces>
+  <CharactersWithSpaces>7437</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Вх №</dc:title>
   <dc:creator>Veselin Kolev</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C308D9326F3E6D438D75318341923CFC</vt:lpwstr>
   </property>
 </Properties>
 </file>