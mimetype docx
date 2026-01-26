--- v0 (2025-10-08)
+++ v1 (2026-01-26)
@@ -13214,51 +13214,51 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>изчислен</w:t>
       </w:r>
       <w:r w:rsidR="0041535C" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">о по цената по </w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> чл. 31, ал. 8 от ЗЕВИ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75890F41" w14:textId="0FDC7B36" w:rsidR="00B6686B" w:rsidRPr="003938B6" w:rsidRDefault="00B6686B" w:rsidP="00D862DD">
+    <w:p w14:paraId="75890F41" w14:textId="2941CDD6" w:rsidR="00B6686B" w:rsidRPr="003938B6" w:rsidRDefault="00B6686B" w:rsidP="00D862DD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Чл.</w:t>
       </w:r>
       <w:r w:rsidR="00F4534B" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -13282,51 +13282,69 @@
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C4377" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) </w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Всички плащания по този Договор се извършват в български лева по </w:t>
+        <w:t xml:space="preserve">Всички плащания по този Договор се извършват в </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65782">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>евро</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003938B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
       </w:r>
       <w:r w:rsidR="0041535C" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>банковата сметка на ПРОДАВАЧА, посочена в началото</w:t>
       </w:r>
       <w:r w:rsidR="009F2592" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>, при условие, че т</w:t>
       </w:r>
       <w:r w:rsidR="001C4377" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
@@ -13663,71 +13681,51 @@
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008B3E27" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve">Позоваващата се страна във възможно най-кратък срок след като е научила за Непреодолимата сила уведомява другата Страна за настъпването ѝ и доколкото е възможно, в този момент ѝ осигурява </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> разчет относно степента и очакваната продължителност на своята невъзможност за неизпълнение. Позоваващата се страна полага всички разумно оправдани, необходими и достатъчни според обичайната търговска практика усилия за ограничаване на последиците и времетраенето на Непреодолимата сила. Едновременно с това, Позоваващата се страна предоставя на другата Страна разумно актуализирани данни, когато и ако такива са налице, относно степента и очакваната продължителност на своята невъзможност за изпълнение. </w:t>
+        <w:t xml:space="preserve">Позоваващата се страна във възможно най-кратък срок след като е научила за Непреодолимата сила уведомява другата Страна за настъпването ѝ и доколкото е възможно, в този момент ѝ осигурява необвързващ разчет относно степента и очакваната продължителност на своята невъзможност за неизпълнение. Позоваващата се страна полага всички разумно оправдани, необходими и достатъчни според обичайната търговска практика усилия за ограничаване на последиците и времетраенето на Непреодолимата сила. Едновременно с това, Позоваващата се страна предоставя на другата Страна разумно актуализирани данни, когато и ако такива са налице, относно степента и очакваната продължителност на своята невъзможност за изпълнение. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DEF8BA2" w14:textId="39AE066C" w:rsidR="002115BA" w:rsidRPr="003938B6" w:rsidRDefault="002115BA" w:rsidP="002115BA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>Чл.</w:t>
       </w:r>
@@ -14797,71 +14795,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">(2) </w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">В случай, че КУПУВАЧЪТ не заплати дължимите суми в уговорените в този Договор срокове, той дължи на ПРОДАВАЧА неустойка с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> характер в размер на законната лихва върху дължимата сума, считано от деня на изпадане в забава до деня на окончателното изплащане на дължимите суми на ПРОДАВАЧА, включително.</w:t>
+        <w:t>В случай, че КУПУВАЧЪТ не заплати дължимите суми в уговорените в този Договор срокове, той дължи на ПРОДАВАЧА неустойка с обезщетителен характер в размер на законната лихва върху дължимата сума, считано от деня на изпадане в забава до деня на окончателното изплащане на дължимите суми на ПРОДАВАЧА, включително.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FBC505D" w14:textId="6198B998" w:rsidR="0088041B" w:rsidRPr="003938B6" w:rsidRDefault="000A61F8" w:rsidP="00752832">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">(3) </w:t>
       </w:r>
       <w:r w:rsidR="0088041B" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
@@ -15068,60 +15046,51 @@
       <w:r w:rsidR="0037316C" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">бекта бъде издаден и/или постановен акт от компетентен орган, по силата на който се установи наличие на незаконен строеж с влязъл в сила акт </w:t>
       </w:r>
       <w:r w:rsidR="000A61F8" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>по реда на действащото законодателство</w:t>
       </w:r>
       <w:r w:rsidR="0037316C" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">ПРОДАВАЧЪТ се задължава </w:t>
+        <w:t xml:space="preserve">, ПРОДАВАЧЪТ се задължава </w:t>
       </w:r>
       <w:r w:rsidR="00913077" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">в седемдневен срок от датата на влизане на акта в сила </w:t>
       </w:r>
       <w:r w:rsidR="0037316C" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">да върне на КУПУВАЧА </w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -18263,69 +18232,58 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="370F7DED" w14:textId="47C0AD64" w:rsidR="0088041B" w:rsidRPr="003938B6" w:rsidRDefault="00693B41" w:rsidP="00752832">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="003938B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>моб.</w:t>
       </w:r>
       <w:r w:rsidR="006F2CD9" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>тел.</w:t>
       </w:r>
       <w:r w:rsidR="0088041B" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
@@ -18440,78 +18398,67 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0088041B" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>e-</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00012C7A" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="0088041B" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>ail</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ail:</w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text96"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
@@ -18900,69 +18847,58 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="78"/>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C8C112" w14:textId="5500E223" w:rsidR="00CA1AED" w:rsidRPr="003938B6" w:rsidRDefault="00CA1AED" w:rsidP="00CA1AED">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="003938B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>моб.</w:t>
       </w:r>
       <w:r w:rsidR="00893487" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">тел.: </w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
@@ -19043,71 +18979,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="79"/>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>, e-</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">, e-mail: </w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text101"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="80" w:name="Text101"/>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
@@ -20034,60 +19950,51 @@
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Този</w:t>
       </w:r>
       <w:r w:rsidR="00247449" w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> Д</w:t>
       </w:r>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">оговор се изготви </w:t>
-[...8 lines deleted...]
-        <w:t>и подписа в два еднообразни екземпляра, по един за всяка от Страните.</w:t>
+        <w:t>оговор се изготви и подписа в два еднообразни екземпляра, по един за всяка от Страните.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C0E9DE9" w14:textId="77777777" w:rsidR="002342E3" w:rsidRPr="003938B6" w:rsidRDefault="002342E3" w:rsidP="00752832">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07CCDA13" w14:textId="77777777" w:rsidR="002342E3" w:rsidRPr="003938B6" w:rsidRDefault="002342E3" w:rsidP="00752832">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58D6CA11" w14:textId="77777777" w:rsidR="0088041B" w:rsidRPr="003938B6" w:rsidRDefault="0088041B" w:rsidP="00752832">
@@ -21305,60 +21212,51 @@
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2DF88A75" w14:textId="0EA1E92F" w:rsidR="00A244B5" w:rsidRPr="003938B6" w:rsidRDefault="00A244B5" w:rsidP="006355A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Давам съгласието си дружеството да обработва предоставените от мен лични данни с цел предлагане на стоки и услуги </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">по пощата, по телефон или по друг директен начин, както и допитване с цел проучване относно предлаганите стоки и услуги. </w:t>
+        <w:t xml:space="preserve">Давам съгласието си дружеството да обработва предоставените от мен лични данни с цел предлагане на стоки и услуги по пощата, по телефон или по друг директен начин, както и допитване с цел проучване относно предлаганите стоки и услуги. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32E4767B" w14:textId="747B5DED" w:rsidR="00831C1D" w:rsidRPr="003938B6" w:rsidRDefault="00831C1D" w:rsidP="006355A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01A22D92" w14:textId="1BC6C9DC" w:rsidR="00A244B5" w:rsidRPr="003938B6" w:rsidRDefault="00A244B5" w:rsidP="006355A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003938B6">
         <w:rPr>
@@ -21727,58 +21625,58 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger Next for EVN Light">
     <w:panose1 w:val="020B0303040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="32135F7E" w14:textId="77777777" w:rsidR="00456ECE" w:rsidRPr="003B6A9E" w:rsidRDefault="00456ECE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D0F869F" wp14:editId="77AC54B4">
@@ -21814,142 +21712,126 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="19B66F97" w14:textId="334ADA8F" w:rsidR="00456ECE" w:rsidRPr="00AE326D" w:rsidRDefault="00456ECE" w:rsidP="003B6A9E">
+                        <w:p w14:paraId="19B66F97" w14:textId="18CF35D3" w:rsidR="00456ECE" w:rsidRPr="00AE326D" w:rsidRDefault="00456ECE" w:rsidP="003B6A9E">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>KN009-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00EE5BB5">
+                          <w:r w:rsidR="00C62172">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
-                            <w:t>12</w:t>
-[...7 lines deleted...]
-                            <w:t>24</w:t>
+                            <w:t>0126</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="1D0F869F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-66.4pt;margin-top:781.5pt;width:63pt;height:50pt;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAGGR8A3QEAAKMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Jd51HBcpAmSFEg&#10;fQBpP4CiKImoxGV3aUv++y4px3HbW9ELQXKp2ZnZ0eZmGnqxN0gWXCmXi1wK4zTU1rWl/P7t4c21&#10;FBSUq1UPzpTyYEjebF+/2oy+MCvooK8NCgZxVIy+lF0Ivsgy0p0ZFC3AG8fFBnBQgY/YZjWqkdGH&#10;Plvl+WU2AtYeQRsivr2fi3Kb8JvG6PClacgE0ZeSuYW0YlqruGbbjSpaVL6z+khD/QOLQVnHTU9Q&#10;9yoosUP7F9RgNQJBExYahgyaxmqTNLCaZf6HmqdOeZO0sDnkTzbR/4PVn/dP/iuKML2HiQeYRJB/&#10;BP2DhIO7TrnW3CLC2BlVc+NltCwbPRXHT6PVVFAEqcZPUPOQ1S5AApoaHKIrrFMwOg/gcDLdTEFo&#10;vrzOWThXNJcu317kvI8dVPH8sUcKHwwMIm5KiTzTBK72jxTmp89PYi8HD7bv01x799sFY8abRD7y&#10;nZmHqZr4dRRRQX1gGQhzTDjWvInr6ooJjpySUtLPnUIjRf/RsRvvlut1jFU6rC+uVnzA80p1XlFO&#10;d8DhC1LM27swR3Hn0bYdN5v9d3DLDjY2qXshdqTOSUj+HFMbo3Z+Tq9e/q3tLwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAGX+kEvhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHij&#10;S0skhrI0RmMTL6ZFPfS2sCMQ2Vlkt4X+e6cne5z3Xt58L9/MthcnHH3nSMFyEYNAqp3pqFHw+fEa&#10;PYLwQZPRvSNUcEYPm+L2JteZcRPt8VSGRnAJ+UwraEMYMil93aLVfuEGJPa+3Wh14HNspBn1xOW2&#10;l6s4TqXVHfGHVg/43GL9Ux6tgq/q/dzvh+QQd9Pbbt7+7sqXbaPU/d38tAYRcA7/YbjgMzoUzFS5&#10;IxkvegXRMlkxe2DnIU14FmeilJWKlfSiyCKX1yuKPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAGGR8A3QEAAKMDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBl/pBL4QAAAA0BAAAPAAAAAAAAAAAAAAAAADcEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="19B66F97" w14:textId="334ADA8F" w:rsidR="00456ECE" w:rsidRPr="00AE326D" w:rsidRDefault="00456ECE" w:rsidP="003B6A9E">
+                  <w:p w14:paraId="19B66F97" w14:textId="18CF35D3" w:rsidR="00456ECE" w:rsidRPr="00AE326D" w:rsidRDefault="00456ECE" w:rsidP="003B6A9E">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>KN009-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00EE5BB5">
+                    <w:r w:rsidR="00C62172">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
-                      <w:t>12</w:t>
-[...7 lines deleted...]
-                      <w:t>24</w:t>
+                      <w:t>0126</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="009F7D2B">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -22054,126 +21936,126 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:solidFill>
                               <a:srgbClr val="FFFFFF"/>
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="698297EC" w14:textId="13395D68" w:rsidR="00456ECE" w:rsidRPr="008E166E" w:rsidRDefault="00456ECE" w:rsidP="00CE5C02">
+                        <w:p w14:paraId="698297EC" w14:textId="2373E186" w:rsidR="00456ECE" w:rsidRPr="008E166E" w:rsidRDefault="00456ECE" w:rsidP="00CE5C02">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="bg-BG"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00740EA8">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                             <w:t>KN009-</w:t>
                           </w:r>
-                          <w:r w:rsidR="000E3315">
+                          <w:r w:rsidR="00C62172">
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                               <w:sz w:val="14"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
-                            <w:t>1224</w:t>
+                            <w:t>0126</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5CA242B2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:-66.4pt;margin-top:781.5pt;width:63pt;height:50pt;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqFfyL3wEAAKoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJ0suMOEXXosOA&#10;7gJ0+wBZlmNhtqiRSuz8/SjZTbPtbdgLIYryIc/h8eZm7DtxMEgWXCmXi1wK4zTU1u1K+f3bw5tr&#10;KSgoV6sOnCnl0ZC82b5+tRl8YVbQQlcbFAziqBh8KdsQfJFlpFvTK1qAN46LDWCvAqe4y2pUA6P3&#10;XbbK88tsAKw9gjZEfHs/FeU24TeN0eFL05AJoislzxZSxBSrGLPtRhU7VL61eh5D/cMUvbKOm56g&#10;7lVQYo/2L6jeagSCJiw09Bk0jdUmcWA2y/wPNk+t8iZxYXHIn2Si/werPx+e/FcUYXwPIy8wkSD/&#10;CPoHCQd3rXI7c4sIQ2tUzY2XUbJs8FTMn0apqaAIUg2foOYlq32ABDQ22EdVmKdgdF7A8SS6GYPQ&#10;fHmdM3GuaC5dvr3I+Rw7qOL5Y48UPhjoRTyUEnmnCVwdHilMT5+fxF4OHmzXpb127rcLxow3afg4&#10;7zR5GKtR2HpmFrlUUB+ZDcLkFnY3H2JcXfGcA5ullPRzr9BI0X10LMq75Xod3ZWS9cXVihM8r1Tn&#10;FeV0C+zBIMV0vAuTI/ce7a7lZtMaHNyykI1NJF8GmxmwIZJMs3mj487z9OrlF9v+AgAA//8DAFBL&#10;AwQUAAYACAAAACEAZf6QS+EAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+h82Y&#10;eKNLSySGsjRGYxMvpkU99LawIxDZWWS3hf57pyd7nPde3nwv38y2FyccfedIwXIRg0CqnemoUfD5&#10;8Ro9gvBBk9G9I1RwRg+b4vYm15lxE+3xVIZGcAn5TCtoQxgyKX3dotV+4QYk9r7daHXgc2ykGfXE&#10;5baXqzhOpdUd8YdWD/jcYv1THq2Cr+r93O+H5BB309tu3v7uypdto9T93fy0BhFwDv9huOAzOhTM&#10;VLkjGS96BdEyWTF7YOchTXgWZ6KUlYqV9KLIIpfXK4o/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAKoV/IvfAQAAqgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGX+kEvhAAAADQEAAA8AAAAAAAAAAAAAAAAAOQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="698297EC" w14:textId="13395D68" w:rsidR="00456ECE" w:rsidRPr="008E166E" w:rsidRDefault="00456ECE" w:rsidP="00CE5C02">
+                  <w:p w14:paraId="698297EC" w14:textId="2373E186" w:rsidR="00456ECE" w:rsidRPr="008E166E" w:rsidRDefault="00456ECE" w:rsidP="00CE5C02">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="bg-BG"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00740EA8">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                       <w:t>KN009-</w:t>
                     </w:r>
-                    <w:r w:rsidR="000E3315">
+                    <w:r w:rsidR="00C62172">
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                         <w:sz w:val="14"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
-                      <w:t>1224</w:t>
+                      <w:t>0126</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="009F7D2B">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -23175,56 +23057,56 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1894151433">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="731319261">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="419327358">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1405495266">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1317301225">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fTIltwBnftUcoXCsJp6Tu1H/arOJ9yj0UG4VXqiC6q9HLW9Dw3bzlVqFaaDL2jdMS+qUU8exw8lI3g+WIDWGcw==" w:salt="DK754+EGL4AZBV/v07Fjcw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ZWBKgCK87EJXOwJSslW2M87v/YylzckRfJPKHFe4f5VtMsrrlZKvoMyuK3SkREMgPznATCqVt26aXd1IIugJ5A==" w:salt="ULVh/vR9/sVtAgx+WXC1ew=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="93185"/>
+    <o:shapedefaults v:ext="edit" spidmax="95233"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C85D5E"/>
     <w:rsid w:val="000021B6"/>
     <w:rsid w:val="00003609"/>
     <w:rsid w:val="000039EB"/>
     <w:rsid w:val="000050F4"/>
     <w:rsid w:val="0000594B"/>
     <w:rsid w:val="0001011D"/>
@@ -23603,50 +23485,51 @@
     <w:rsid w:val="008F6E5D"/>
     <w:rsid w:val="008F78D5"/>
     <w:rsid w:val="0090469E"/>
     <w:rsid w:val="00913077"/>
     <w:rsid w:val="00914300"/>
     <w:rsid w:val="009314DA"/>
     <w:rsid w:val="00944871"/>
     <w:rsid w:val="00961FC5"/>
     <w:rsid w:val="00962F08"/>
     <w:rsid w:val="00970AD7"/>
     <w:rsid w:val="00971D54"/>
     <w:rsid w:val="00971E49"/>
     <w:rsid w:val="00972ED5"/>
     <w:rsid w:val="00977021"/>
     <w:rsid w:val="0098796D"/>
     <w:rsid w:val="009924C7"/>
     <w:rsid w:val="0099711A"/>
     <w:rsid w:val="009A097B"/>
     <w:rsid w:val="009A27F8"/>
     <w:rsid w:val="009A4452"/>
     <w:rsid w:val="009A4FFD"/>
     <w:rsid w:val="009B507E"/>
     <w:rsid w:val="009B5DB1"/>
     <w:rsid w:val="009B7D03"/>
     <w:rsid w:val="009C4464"/>
+    <w:rsid w:val="009C4AC9"/>
     <w:rsid w:val="009D0729"/>
     <w:rsid w:val="009D08B5"/>
     <w:rsid w:val="009E2902"/>
     <w:rsid w:val="009E353F"/>
     <w:rsid w:val="009E3E87"/>
     <w:rsid w:val="009F2592"/>
     <w:rsid w:val="009F3622"/>
     <w:rsid w:val="009F4EDB"/>
     <w:rsid w:val="009F7D2B"/>
     <w:rsid w:val="00A02FE9"/>
     <w:rsid w:val="00A03770"/>
     <w:rsid w:val="00A06BB0"/>
     <w:rsid w:val="00A23A01"/>
     <w:rsid w:val="00A244B5"/>
     <w:rsid w:val="00A247E5"/>
     <w:rsid w:val="00A33287"/>
     <w:rsid w:val="00A36ED8"/>
     <w:rsid w:val="00A40626"/>
     <w:rsid w:val="00A44BB0"/>
     <w:rsid w:val="00A469BC"/>
     <w:rsid w:val="00A5078A"/>
     <w:rsid w:val="00A526BA"/>
     <w:rsid w:val="00A702B6"/>
     <w:rsid w:val="00A71560"/>
     <w:rsid w:val="00A77823"/>
@@ -23664,82 +23547,84 @@
     <w:rsid w:val="00AB711B"/>
     <w:rsid w:val="00AC0126"/>
     <w:rsid w:val="00AC50C2"/>
     <w:rsid w:val="00AC6AFC"/>
     <w:rsid w:val="00AC6B20"/>
     <w:rsid w:val="00AC719D"/>
     <w:rsid w:val="00AD6436"/>
     <w:rsid w:val="00AE0312"/>
     <w:rsid w:val="00AE0BD9"/>
     <w:rsid w:val="00AE0EB4"/>
     <w:rsid w:val="00AE1169"/>
     <w:rsid w:val="00AE18A6"/>
     <w:rsid w:val="00AE326D"/>
     <w:rsid w:val="00AF08FC"/>
     <w:rsid w:val="00AF2D45"/>
     <w:rsid w:val="00AF534A"/>
     <w:rsid w:val="00B12557"/>
     <w:rsid w:val="00B16DBB"/>
     <w:rsid w:val="00B17D27"/>
     <w:rsid w:val="00B26F5A"/>
     <w:rsid w:val="00B27F45"/>
     <w:rsid w:val="00B30C7C"/>
     <w:rsid w:val="00B31C64"/>
     <w:rsid w:val="00B36301"/>
     <w:rsid w:val="00B438EE"/>
+    <w:rsid w:val="00B4517A"/>
     <w:rsid w:val="00B4549B"/>
     <w:rsid w:val="00B6686B"/>
     <w:rsid w:val="00B70410"/>
     <w:rsid w:val="00B738E2"/>
     <w:rsid w:val="00B75E84"/>
     <w:rsid w:val="00B76ADE"/>
     <w:rsid w:val="00B8133A"/>
     <w:rsid w:val="00B93110"/>
     <w:rsid w:val="00B979A3"/>
     <w:rsid w:val="00BB50A7"/>
     <w:rsid w:val="00BC2A65"/>
     <w:rsid w:val="00BC4E1A"/>
     <w:rsid w:val="00BD375E"/>
     <w:rsid w:val="00BD7A8A"/>
     <w:rsid w:val="00BE2248"/>
     <w:rsid w:val="00BF0B85"/>
     <w:rsid w:val="00BF1DAB"/>
     <w:rsid w:val="00BF278C"/>
     <w:rsid w:val="00BF62B3"/>
     <w:rsid w:val="00C047AE"/>
     <w:rsid w:val="00C051AA"/>
     <w:rsid w:val="00C1352B"/>
     <w:rsid w:val="00C138BB"/>
     <w:rsid w:val="00C13E7C"/>
     <w:rsid w:val="00C252C6"/>
     <w:rsid w:val="00C3755F"/>
     <w:rsid w:val="00C4480C"/>
     <w:rsid w:val="00C47B8D"/>
     <w:rsid w:val="00C52F5F"/>
     <w:rsid w:val="00C53B48"/>
     <w:rsid w:val="00C54E95"/>
     <w:rsid w:val="00C609A7"/>
+    <w:rsid w:val="00C62172"/>
     <w:rsid w:val="00C65C9D"/>
     <w:rsid w:val="00C72C3C"/>
     <w:rsid w:val="00C736F2"/>
     <w:rsid w:val="00C811FA"/>
     <w:rsid w:val="00C81A34"/>
     <w:rsid w:val="00C835E3"/>
     <w:rsid w:val="00C85D5E"/>
     <w:rsid w:val="00C8739F"/>
     <w:rsid w:val="00C87BDD"/>
     <w:rsid w:val="00C87FFB"/>
     <w:rsid w:val="00C91338"/>
     <w:rsid w:val="00C9217E"/>
     <w:rsid w:val="00C93090"/>
     <w:rsid w:val="00C9575E"/>
     <w:rsid w:val="00CA1AED"/>
     <w:rsid w:val="00CA5492"/>
     <w:rsid w:val="00CC5F04"/>
     <w:rsid w:val="00CD0844"/>
     <w:rsid w:val="00CD4CAC"/>
     <w:rsid w:val="00CE1A34"/>
     <w:rsid w:val="00CE4A7F"/>
     <w:rsid w:val="00CE5C02"/>
     <w:rsid w:val="00CE7871"/>
     <w:rsid w:val="00CE7D36"/>
     <w:rsid w:val="00CF13DD"/>
@@ -23761,50 +23646,51 @@
     <w:rsid w:val="00D862DD"/>
     <w:rsid w:val="00D93090"/>
     <w:rsid w:val="00D93F66"/>
     <w:rsid w:val="00D9427D"/>
     <w:rsid w:val="00DB2735"/>
     <w:rsid w:val="00DB6338"/>
     <w:rsid w:val="00DB6D10"/>
     <w:rsid w:val="00DC4A27"/>
     <w:rsid w:val="00DC655B"/>
     <w:rsid w:val="00DC7C80"/>
     <w:rsid w:val="00DD3A2D"/>
     <w:rsid w:val="00E01CA8"/>
     <w:rsid w:val="00E03285"/>
     <w:rsid w:val="00E05BFF"/>
     <w:rsid w:val="00E06788"/>
     <w:rsid w:val="00E26780"/>
     <w:rsid w:val="00E3005E"/>
     <w:rsid w:val="00E36B3B"/>
     <w:rsid w:val="00E412C8"/>
     <w:rsid w:val="00E44B6A"/>
     <w:rsid w:val="00E502B1"/>
     <w:rsid w:val="00E554F8"/>
     <w:rsid w:val="00E55DAE"/>
     <w:rsid w:val="00E621AF"/>
     <w:rsid w:val="00E6462F"/>
+    <w:rsid w:val="00E65782"/>
     <w:rsid w:val="00E66062"/>
     <w:rsid w:val="00E66C28"/>
     <w:rsid w:val="00E70EDB"/>
     <w:rsid w:val="00E7125E"/>
     <w:rsid w:val="00E76ECD"/>
     <w:rsid w:val="00E82F66"/>
     <w:rsid w:val="00E830D3"/>
     <w:rsid w:val="00E84CE4"/>
     <w:rsid w:val="00E873EF"/>
     <w:rsid w:val="00E90544"/>
     <w:rsid w:val="00E94742"/>
     <w:rsid w:val="00E96E1B"/>
     <w:rsid w:val="00EA0C01"/>
     <w:rsid w:val="00ED28C1"/>
     <w:rsid w:val="00ED3C62"/>
     <w:rsid w:val="00EE1F7A"/>
     <w:rsid w:val="00EE27E3"/>
     <w:rsid w:val="00EE40E3"/>
     <w:rsid w:val="00EE41B0"/>
     <w:rsid w:val="00EE5BB5"/>
     <w:rsid w:val="00EE7767"/>
     <w:rsid w:val="00EE7890"/>
     <w:rsid w:val="00EF65BB"/>
     <w:rsid w:val="00F0628A"/>
     <w:rsid w:val="00F07BF1"/>
@@ -23843,51 +23729,51 @@
     <w:rsid w:val="00FE1FD6"/>
     <w:rsid w:val="00FE6D5B"/>
     <w:rsid w:val="00FE753F"/>
     <w:rsid w:val="00FE7BF6"/>
     <w:rsid w:val="00FF4E4B"/>
     <w:rsid w:val="00FF7A47"/>
     <w:rsid w:val="00FF7A8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="93185"/>
+    <o:shapedefaults v:ext="edit" spidmax="95233"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0E4D1C52"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0B005DC6-41DB-46A6-9096-65701B6D1B6A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
@@ -24689,82 +24575,82 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCBC412D-3818-4EC4-963E-E527D423FA39}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>3959</Words>
-  <Characters>22567</Characters>
+  <Words>3957</Words>
+  <Characters>22559</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>188</Lines>
+  <Lines>187</Lines>
   <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>            </vt:lpstr>
       <vt:lpstr>            </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>EVN Bulgaria</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26474</CharactersWithSpaces>
+  <CharactersWithSpaces>26464</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>1179682</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>380</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@evn.bg</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>131093</vt:i4>
       </vt:variant>
       <vt:variant>