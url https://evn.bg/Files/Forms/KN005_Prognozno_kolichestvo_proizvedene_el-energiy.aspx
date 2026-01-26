--- v0 (2025-10-08)
+++ v1 (2026-01-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="33DC7A7F" w14:textId="1DA3494F" w:rsidR="00356368" w:rsidRPr="00356368" w:rsidRDefault="00FC2D55" w:rsidP="00FC2D55">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение № </w:t>
       </w:r>
       <w:r w:rsidR="00356368" w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:b/>
@@ -2078,51 +2078,51 @@
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t>за извършено монтиране на инсталация за производство на електрическа енергия</w:t>
       </w:r>
       <w:r w:rsidR="005B7DDF">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="007173BC" w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF651D8" w14:textId="284CFF9E" w:rsidR="00077416" w:rsidRPr="00356368" w:rsidRDefault="009520B8" w:rsidP="00356368">
+    <w:p w14:paraId="6DF651D8" w14:textId="7CF2947A" w:rsidR="00077416" w:rsidRPr="00356368" w:rsidRDefault="009520B8" w:rsidP="00356368">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>2. С</w:t>
       </w:r>
       <w:r w:rsidR="00077416" w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">читано от </w:t>
       </w:r>
@@ -2407,73 +2407,91 @@
           <w:noProof/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
       <w:r w:rsidR="00397268" w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003F3222" w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="006333DC" w:rsidRPr="006333DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="00497556">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00077416" w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>лв</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00497556">
+        <w:rPr>
+          <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00077416" w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:t>/МВтч</w:t>
+        <w:t>МВтч</w:t>
       </w:r>
       <w:r w:rsidR="00356368" w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>, без ДДС;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DAEB1E6" w14:textId="77777777" w:rsidR="00077416" w:rsidRPr="00356368" w:rsidRDefault="00692C24" w:rsidP="00356368">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
@@ -2929,59 +2947,58 @@
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
       <w:r w:rsidR="0073136D" w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68343A19" w14:textId="77777777" w:rsidR="006D48B7" w:rsidRPr="00AB562B" w:rsidRDefault="006D48B7" w:rsidP="006D48B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A25591F" w14:textId="77777777" w:rsidR="00E6302A" w:rsidRPr="00D952C8" w:rsidRDefault="00E6302A" w:rsidP="006D48B7">
+    <w:p w14:paraId="3A25591F" w14:textId="77777777" w:rsidR="00E6302A" w:rsidRPr="006333DC" w:rsidRDefault="00E6302A" w:rsidP="006D48B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45D8DE11" w14:textId="77777777" w:rsidR="006D48B7" w:rsidRPr="00AB562B" w:rsidRDefault="006D48B7" w:rsidP="006D48B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BCC09EB" w14:textId="3F3C1C40" w:rsidR="003967A8" w:rsidRPr="00D60079" w:rsidRDefault="003967A8" w:rsidP="006D48B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3376,107 +3393,106 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22BC909A" w14:textId="77777777" w:rsidR="003967A8" w:rsidRPr="00073C88" w:rsidRDefault="003967A8" w:rsidP="006D48B7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00073C88">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="808080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64645F8D" w14:textId="4AC2C6F0" w:rsidR="002249EC" w:rsidRPr="002249EC" w:rsidRDefault="003967A8" w:rsidP="00D429E1">
+    <w:p w14:paraId="64645F8D" w14:textId="4AC2C6F0" w:rsidR="002249EC" w:rsidRPr="006333DC" w:rsidRDefault="003967A8" w:rsidP="00D429E1">
       <w:pPr>
         <w:ind w:left="1416"/>
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00356368">
         <w:rPr>
           <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="808080"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t>(саморъчно се изписват име, презиме и фамилия)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="002249EC" w:rsidRPr="002249EC" w:rsidSect="002249EC">
+    <w:sectPr w:rsidR="002249EC" w:rsidRPr="006333DC" w:rsidSect="002249EC">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1985" w:right="1134" w:bottom="567" w:left="1134" w:header="284" w:footer="284" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="17180C1E" w14:textId="77777777" w:rsidR="00A0505C" w:rsidRDefault="00A0505C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="57A5C677" w14:textId="77777777" w:rsidR="00A0505C" w:rsidRDefault="00A0505C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3488,64 +3504,64 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Frutiger Next for EVN Light">
     <w:panose1 w:val="020B0303040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="71FA117D" w14:textId="77777777" w:rsidR="00D429E1" w:rsidRPr="006D48B7" w:rsidRDefault="00D429E1" w:rsidP="00D429E1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4508"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006D48B7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
@@ -3582,110 +3598,164 @@
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5E8A12A4" w14:textId="77777777" w:rsidR="00D429E1" w:rsidRPr="006D48B7" w:rsidRDefault="00D429E1" w:rsidP="00D429E1">
+                        <w:p w14:paraId="5E8A12A4" w14:textId="6F875633" w:rsidR="00D429E1" w:rsidRPr="006D48B7" w:rsidRDefault="00D429E1" w:rsidP="00D429E1">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="14"/>
                               <w:lang w:val="de-AT"/>
                             </w:rPr>
-                            <w:t>KN005-1124</w:t>
+                            <w:t>KN005-</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00EF68A9">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="14"/>
+                              <w:lang w:val="de-AT"/>
+                            </w:rPr>
+                            <w:t>0</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="14"/>
+                              <w:lang w:val="de-AT"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00EF68A9">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="14"/>
+                              <w:lang w:val="de-AT"/>
+                            </w:rPr>
+                            <w:t>26</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4A04F265" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:8.5pt;margin-top:765.45pt;width:30pt;height:64.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuQlDf8gEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlsCVqulq6KkJa&#10;LtLCBziOk1g4HjN2m/TvGTvdbrW8IfJgeTzj4zlnTja302DYUaHXYCteLHLOlJXQaNtV/OeP/Zs1&#10;Zz4I2wgDVlX8pDy/3b5+tRldqZbQg2kUMgKxvhxdxfsQXJllXvZqEH4BTllKtoCDCBRilzUoRkIf&#10;TLbM8/fZCNg4BKm8p9P7Ocm3Cb9tlQzf2tarwEzFqbeQVkxrHddsuxFlh8L1Wp7bEP/QxSC0pUcv&#10;UPciCHZA/RfUoCWChzYsJAwZtK2WKnEgNkX+gs1jL5xKXEgc7y4y+f8HK78eH913ZGH6CBMNMJHw&#10;7gHkL88s7HphO3WHCGOvREMPF1GybHS+PF+NUvvSR5B6/AINDVkcAiSgqcUhqkI8GaHTAE4X0dUU&#10;mKTDt+sizykjKbVe5qtlGkomyqfLDn34pGBgcVNxpJkmcHF88CE2I8qnkviWB6ObvTYmBdjVO4Ps&#10;KGj++/Sl/l+UGRuLLcRrM2I8SSwjsZlimOqJkpFtDc2J+CLMfiL/0yauyxtiMpKdKu5/HwQqzsxn&#10;S7J9KFar6L8UrN7dEEuG15n6OiOs7IFcGjibt7swe/bgUHc9PTYPysIdSd3qJMNzY+fWyTJJnbO9&#10;oyev41T1/BNu/wAAAP//AwBQSwMEFAAGAAgAAAAhAIvHV+3dAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMT8tOwzAQvCPxD9YicaN2W5FCiFMVJE5IlSgRZzde4tB4HcVuGvh6tid6Ws1DszPFevKd&#10;GHGIbSAN85kCgVQH21Kjofp4vXsAEZMha7pAqOEHI6zL66vC5Dac6B3HXWoEh1DMjQaXUp9LGWuH&#10;3sRZ6JFY+wqDN4nh0Eg7mBOH+04ulMqkNy3xB2d6fHFYH3ZHr2FUv1W9NEG+bb+z6rBxi+dx+6n1&#10;7c20eQKRcEr/ZjjX5+pQcqd9OJKNomO84imJ7/1SPYJgx+rM7JnJMjUHWRbyckP5BwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAC5CUN/yAQAAzAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIvHV+3dAAAACwEAAA8AAAAAAAAAAAAAAAAATAQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w14:paraId="5E8A12A4" w14:textId="77777777" w:rsidR="00D429E1" w:rsidRPr="006D48B7" w:rsidRDefault="00D429E1" w:rsidP="00D429E1">
+                  <w:p w14:paraId="5E8A12A4" w14:textId="6F875633" w:rsidR="00D429E1" w:rsidRPr="006D48B7" w:rsidRDefault="00D429E1" w:rsidP="00D429E1">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="14"/>
                         <w:lang w:val="de-AT"/>
                       </w:rPr>
-                      <w:t>KN005-1124</w:t>
+                      <w:t>KN005-</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00EF68A9">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="14"/>
+                        <w:lang w:val="de-AT"/>
+                      </w:rPr>
+                      <w:t>0</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="14"/>
+                        <w:lang w:val="de-AT"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00EF68A9">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light" w:cs="Arial"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="14"/>
+                        <w:lang w:val="de-AT"/>
+                      </w:rPr>
+                      <w:t>26</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="217DE88A" w14:textId="77777777" w:rsidR="00D429E1" w:rsidRDefault="00D429E1" w:rsidP="00D429E1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="2257"/>
         <w:tab w:val="left" w:pos="4508"/>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="180" w:lineRule="exact"/>
       <w:ind w:right="-1"/>
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
@@ -3984,70 +4054,70 @@
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="de-AT"/>
       </w:rPr>
       <w:t>bg</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="002249EC">
       <w:rPr>
         <w:rFonts w:ascii="Frutiger Next for EVN Light" w:hAnsi="Frutiger Next for EVN Light"/>
         <w:spacing w:val="2"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="de-AT"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79B28B19" w14:textId="77777777" w:rsidR="00A0505C" w:rsidRDefault="00A0505C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7BD75069" w14:textId="77777777" w:rsidR="00A0505C" w:rsidRDefault="00A0505C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53047CEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="430C9734"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4383,61 +4453,61 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1521822809">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="580218434">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="949506137">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="132"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zzaKAPFa6F9O+3lgGH137ON8+rU2pSZmfN8kuH/0c+dv6RucmQdc+Y+CnbeJBzayGTYugdqoLr+/RzTuki1J0w==" w:salt="HLtntg+LQ9XGAkgAHjxNfQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PknqqOAlry3RMQzwsmbVjvPjOKumafXT6OmK352oi38DJ+JiC2p1jYWRufjbNpPTafeQcbLlW8+DhVxQs1sppg==" w:salt="lA5F7zjQfCiayhKgIauZOw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="44033"/>
+    <o:shapedefaults v:ext="edit" spidmax="46081"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C93EA3"/>
     <w:rsid w:val="00002DF2"/>
     <w:rsid w:val="00024D4A"/>
     <w:rsid w:val="00043DB5"/>
     <w:rsid w:val="00046FBC"/>
     <w:rsid w:val="00073C88"/>
     <w:rsid w:val="00077416"/>
@@ -4482,118 +4552,122 @@
     <w:rsid w:val="00356368"/>
     <w:rsid w:val="00356676"/>
     <w:rsid w:val="00375E6A"/>
     <w:rsid w:val="003967A8"/>
     <w:rsid w:val="00397268"/>
     <w:rsid w:val="003A5770"/>
     <w:rsid w:val="003B0225"/>
     <w:rsid w:val="003B3AB7"/>
     <w:rsid w:val="003C7972"/>
     <w:rsid w:val="003E21F6"/>
     <w:rsid w:val="003F1FB4"/>
     <w:rsid w:val="003F3222"/>
     <w:rsid w:val="003F5060"/>
     <w:rsid w:val="004122B9"/>
     <w:rsid w:val="00430AAD"/>
     <w:rsid w:val="0045232D"/>
     <w:rsid w:val="00453FCA"/>
     <w:rsid w:val="0045495B"/>
     <w:rsid w:val="00455C0D"/>
     <w:rsid w:val="00460C5A"/>
     <w:rsid w:val="00466C40"/>
     <w:rsid w:val="00473218"/>
     <w:rsid w:val="00475186"/>
     <w:rsid w:val="004852FA"/>
     <w:rsid w:val="00496890"/>
+    <w:rsid w:val="00497556"/>
     <w:rsid w:val="004B0C77"/>
     <w:rsid w:val="004C3E17"/>
     <w:rsid w:val="004C4247"/>
     <w:rsid w:val="004F48F6"/>
     <w:rsid w:val="004F50F0"/>
     <w:rsid w:val="004F6921"/>
     <w:rsid w:val="00515A87"/>
     <w:rsid w:val="005268A1"/>
     <w:rsid w:val="00535087"/>
     <w:rsid w:val="00541D97"/>
     <w:rsid w:val="0055092E"/>
     <w:rsid w:val="0055108C"/>
     <w:rsid w:val="00551E91"/>
     <w:rsid w:val="0055224B"/>
     <w:rsid w:val="005757D0"/>
     <w:rsid w:val="005A0A6A"/>
     <w:rsid w:val="005A434C"/>
     <w:rsid w:val="005B7DDF"/>
     <w:rsid w:val="005C273E"/>
     <w:rsid w:val="005D4D0A"/>
     <w:rsid w:val="005F15DB"/>
     <w:rsid w:val="006002CF"/>
     <w:rsid w:val="00606BB8"/>
     <w:rsid w:val="00623CF8"/>
+    <w:rsid w:val="006333DC"/>
     <w:rsid w:val="006478F4"/>
     <w:rsid w:val="0067343C"/>
     <w:rsid w:val="00681972"/>
     <w:rsid w:val="00687A0F"/>
     <w:rsid w:val="00690D20"/>
     <w:rsid w:val="00692C24"/>
     <w:rsid w:val="006942CF"/>
     <w:rsid w:val="006969A1"/>
     <w:rsid w:val="006A6C64"/>
     <w:rsid w:val="006B4AB0"/>
     <w:rsid w:val="006C29BD"/>
     <w:rsid w:val="006C40F4"/>
     <w:rsid w:val="006D48B7"/>
     <w:rsid w:val="006E067F"/>
     <w:rsid w:val="00701AF1"/>
     <w:rsid w:val="00712E87"/>
     <w:rsid w:val="007173BC"/>
     <w:rsid w:val="0073136D"/>
     <w:rsid w:val="007403DA"/>
     <w:rsid w:val="00743DFC"/>
+    <w:rsid w:val="0074602D"/>
     <w:rsid w:val="0076797A"/>
     <w:rsid w:val="00771639"/>
     <w:rsid w:val="00771B53"/>
     <w:rsid w:val="00775663"/>
     <w:rsid w:val="00794A7B"/>
     <w:rsid w:val="007A330D"/>
     <w:rsid w:val="007B0DCD"/>
     <w:rsid w:val="007C74D1"/>
     <w:rsid w:val="007D49AD"/>
     <w:rsid w:val="007D728E"/>
     <w:rsid w:val="007E04F8"/>
     <w:rsid w:val="007E757A"/>
     <w:rsid w:val="007F3624"/>
     <w:rsid w:val="00820B26"/>
     <w:rsid w:val="008219F5"/>
     <w:rsid w:val="00841568"/>
     <w:rsid w:val="008647A3"/>
     <w:rsid w:val="008726C0"/>
     <w:rsid w:val="00890351"/>
     <w:rsid w:val="00891A94"/>
     <w:rsid w:val="00897DCB"/>
     <w:rsid w:val="008B77F7"/>
     <w:rsid w:val="008C6ABF"/>
     <w:rsid w:val="009127F6"/>
+    <w:rsid w:val="00920BB8"/>
     <w:rsid w:val="00926103"/>
     <w:rsid w:val="00934C3D"/>
     <w:rsid w:val="009426CC"/>
     <w:rsid w:val="009520B8"/>
     <w:rsid w:val="0095714B"/>
     <w:rsid w:val="0096657E"/>
     <w:rsid w:val="00967754"/>
     <w:rsid w:val="00971116"/>
     <w:rsid w:val="00986C84"/>
     <w:rsid w:val="009B09E7"/>
     <w:rsid w:val="009E0610"/>
     <w:rsid w:val="009F3791"/>
     <w:rsid w:val="009F43F3"/>
     <w:rsid w:val="00A0505C"/>
     <w:rsid w:val="00A135AB"/>
     <w:rsid w:val="00A231A7"/>
     <w:rsid w:val="00A566B9"/>
     <w:rsid w:val="00AB562B"/>
     <w:rsid w:val="00AC32FF"/>
     <w:rsid w:val="00AD24AA"/>
     <w:rsid w:val="00AE7C80"/>
     <w:rsid w:val="00AF2D4B"/>
     <w:rsid w:val="00AF4DE9"/>
     <w:rsid w:val="00B07606"/>
     <w:rsid w:val="00B1430A"/>
@@ -4638,102 +4712,103 @@
     <w:rsid w:val="00DE1835"/>
     <w:rsid w:val="00E03F16"/>
     <w:rsid w:val="00E22325"/>
     <w:rsid w:val="00E336C4"/>
     <w:rsid w:val="00E361A1"/>
     <w:rsid w:val="00E535FB"/>
     <w:rsid w:val="00E56EE9"/>
     <w:rsid w:val="00E61B66"/>
     <w:rsid w:val="00E6302A"/>
     <w:rsid w:val="00E73C14"/>
     <w:rsid w:val="00E73D5D"/>
     <w:rsid w:val="00E77DF7"/>
     <w:rsid w:val="00E85D7C"/>
     <w:rsid w:val="00E93173"/>
     <w:rsid w:val="00EB370E"/>
     <w:rsid w:val="00EB7F76"/>
     <w:rsid w:val="00EC017F"/>
     <w:rsid w:val="00EC1DD5"/>
     <w:rsid w:val="00EC2AF5"/>
     <w:rsid w:val="00EC3EAD"/>
     <w:rsid w:val="00ED5160"/>
     <w:rsid w:val="00ED7B6D"/>
     <w:rsid w:val="00EE116D"/>
     <w:rsid w:val="00EE1202"/>
     <w:rsid w:val="00EF4E32"/>
+    <w:rsid w:val="00EF68A9"/>
     <w:rsid w:val="00EF7F1D"/>
     <w:rsid w:val="00F27F06"/>
     <w:rsid w:val="00F31FD0"/>
     <w:rsid w:val="00F4774D"/>
     <w:rsid w:val="00F5732B"/>
     <w:rsid w:val="00F57814"/>
     <w:rsid w:val="00F62989"/>
     <w:rsid w:val="00F669AC"/>
     <w:rsid w:val="00F931FA"/>
     <w:rsid w:val="00FA6254"/>
     <w:rsid w:val="00FA6CC1"/>
     <w:rsid w:val="00FB05EB"/>
     <w:rsid w:val="00FB24EC"/>
     <w:rsid w:val="00FC13C8"/>
     <w:rsid w:val="00FC2D55"/>
     <w:rsid w:val="00FC66C6"/>
     <w:rsid w:val="00FD19AD"/>
     <w:rsid w:val="00FE668E"/>
     <w:rsid w:val="00FF2705"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="44033"/>
+    <o:shapedefaults v:ext="edit" spidmax="46081"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="75F57D44"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{31148067-82E4-49CD-AF91-2CC445FC3CD9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -5137,51 +5212,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00073C88"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00251AC5"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>